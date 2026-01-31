--- v0 (2025-10-12)
+++ v1 (2026-01-31)
@@ -3,67 +3,66 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4910"/>
         <w:gridCol w:w="778"/>
         <w:gridCol w:w="4626"/>
       </w:tblGrid>
       <w:tr w:rsidR="00957704" w:rsidRPr="00957704" w14:paraId="716FC6C5" w14:textId="77777777" w:rsidTr="00EE2C55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="447E1C3B" w14:textId="79BF0C82" w:rsidR="00957704" w:rsidRPr="008A1318" w:rsidRDefault="00ED267E" w:rsidP="00B50C7C">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
@@ -72,87 +71,85 @@
             </w:r>
             <w:r w:rsidR="00B50C7C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Ronan’s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Primary School Nursery Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="350DE750" w14:textId="1B3765F8" w:rsidR="00957704" w:rsidRPr="008A1318" w:rsidRDefault="00ED267E" w:rsidP="007763E8">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Voluntary Maintained Nursery Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00957704" w:rsidRPr="00957704" w14:paraId="58A0BA29" w14:textId="77777777" w:rsidTr="00EE2C55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6829642E" w14:textId="5F4A85CE" w:rsidR="00957704" w:rsidRPr="008A1318" w:rsidRDefault="00B50C7C" w:rsidP="007763E8">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
@@ -162,51 +159,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Nutfield</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Road</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F53937" w14:textId="65B6FFEA" w:rsidR="00957704" w:rsidRPr="008A1318" w:rsidRDefault="00C20501" w:rsidP="00B50C7C">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
@@ -245,88 +241,86 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00ED267E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00EA6751" w:rsidRPr="008A1318">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>art-time)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00957704" w:rsidRPr="00957704" w14:paraId="25314937" w14:textId="77777777" w:rsidTr="00EE2C55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2912A62A" w14:textId="0D1C6932" w:rsidR="00957704" w:rsidRPr="008A1318" w:rsidRDefault="00B50C7C" w:rsidP="007763E8">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Derryree</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B7D68FB" w14:textId="6013E3CE" w:rsidR="00957704" w:rsidRPr="008A1318" w:rsidRDefault="00B50C7C" w:rsidP="00682E59">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
@@ -373,261 +367,265 @@
               <w:t xml:space="preserve">0am – </w:t>
             </w:r>
             <w:r w:rsidR="00ED267E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>1:30am</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA6751" w:rsidRPr="00957704" w14:paraId="03DCC25F" w14:textId="77777777" w:rsidTr="00EE2C55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6ED28943" w14:textId="1289D4F9" w:rsidR="00EA6751" w:rsidRPr="008A1318" w:rsidRDefault="00B50C7C" w:rsidP="00B50C7C">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Lisnaskea</w:t>
             </w:r>
             <w:r w:rsidR="00457C9A" w:rsidRPr="008A1318">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
-              <w:t>BT92 0LA</w:t>
+              <w:t>BT</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>92 0LA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DE8B7B8" w14:textId="76173657" w:rsidR="00EA6751" w:rsidRPr="008A1318" w:rsidRDefault="00B50C7C" w:rsidP="00682E59">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Afternoon Session (26): 12:30pm – 3:00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B50C7C" w:rsidRPr="00957704" w14:paraId="1DEFE559" w14:textId="77777777" w:rsidTr="00EE2C55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68C618C2" w14:textId="77777777" w:rsidR="00B50C7C" w:rsidRDefault="00B50C7C" w:rsidP="00B50C7C">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12B0A67E" w14:textId="77777777" w:rsidR="00B50C7C" w:rsidRPr="008A1318" w:rsidRDefault="00B50C7C" w:rsidP="007763E8">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C20501" w:rsidRPr="00957704" w14:paraId="22E5E9DE" w14:textId="77777777" w:rsidTr="00EE2C55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="211EFBA3" w14:textId="77777777" w:rsidR="00C20501" w:rsidRPr="008A1318" w:rsidRDefault="00C20501" w:rsidP="007763E8">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CA862DF" w14:textId="076C1DB2" w:rsidR="00C20501" w:rsidRPr="008A1318" w:rsidRDefault="00ED267E" w:rsidP="00B50C7C">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Telephone: 028 </w:t>
             </w:r>
             <w:r w:rsidR="00B50C7C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>6772 1511</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C20501" w:rsidRPr="00957704" w14:paraId="27B7CE30" w14:textId="77777777" w:rsidTr="00EE2C55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53CEA8CD" w14:textId="5DD45B5C" w:rsidR="00C20501" w:rsidRPr="008A1318" w:rsidRDefault="00C20501" w:rsidP="00993A96">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00605B9D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
@@ -636,121 +634,118 @@
             </w:r>
             <w:r w:rsidR="00B50C7C" w:rsidRPr="00605B9D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mr </w:t>
             </w:r>
             <w:r w:rsidR="00A01689" w:rsidRPr="00605B9D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Michael Grew</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A2E9285" w14:textId="36C1CE0F" w:rsidR="00C20501" w:rsidRPr="008A1318" w:rsidRDefault="00C20501" w:rsidP="00B50C7C">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C20501" w:rsidRPr="00957704" w14:paraId="7C001A36" w14:textId="77777777" w:rsidTr="008A1318">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC6B1D4" w14:textId="755EEA71" w:rsidR="00C20501" w:rsidRPr="008A1318" w:rsidRDefault="00C20501" w:rsidP="00993A96">
+          <w:p w14:paraId="6BC6B1D4" w14:textId="7E4FFAEC" w:rsidR="00C20501" w:rsidRPr="008A1318" w:rsidRDefault="00C20501" w:rsidP="00993A96">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A1318">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Chair of Board of Governors:  </w:t>
             </w:r>
-            <w:r w:rsidR="00333CDE">
+            <w:r w:rsidR="00D31282">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
-              <w:t>Vacant</w:t>
+              <w:t>Mrs Deirdre Gilchrist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40A10315" w14:textId="18C13F2B" w:rsidR="00C20501" w:rsidRPr="008A1318" w:rsidRDefault="00C20501" w:rsidP="00B50C7C">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A1318">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
@@ -762,77 +757,75 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>stronans.lisnaskea</w:t>
             </w:r>
             <w:r w:rsidRPr="008A1318">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>.ni.sch.uk</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C20501" w:rsidRPr="00957704" w14:paraId="5CBC47C5" w14:textId="77777777" w:rsidTr="00EE2C55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D77459D" w14:textId="77777777" w:rsidR="00C20501" w:rsidRPr="00957704" w:rsidRDefault="00C20501" w:rsidP="007763E8">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4626" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13B68941" w14:textId="77777777" w:rsidR="00C20501" w:rsidRDefault="00C20501" w:rsidP="007763E8">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3AD0898C" w14:textId="11D5B521" w:rsidR="00B13E9E" w:rsidRDefault="00B13E9E" w:rsidP="00B34877">
@@ -1318,89 +1311,91 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
         </w:rPr>
         <w:t>ons</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
         </w:rPr>
         <w:t>grou</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1619,75 +1614,83 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
         </w:rPr>
         <w:t>ts of</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
         </w:rPr>
         <w:t>rinci</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
         </w:rPr>
-        <w:t>al and one</w:t>
+        <w:t>al</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and one</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
         </w:rPr>
         <w:t>other</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
         </w:rPr>
@@ -2718,50 +2721,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ly</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="46"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ke</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="45"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2787,51 +2791,58 @@
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="43"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>acco</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">nt </w:t>
+        <w:t>nt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>informa</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ion</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="33"/>
         </w:rPr>
@@ -4747,206 +4758,85 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B4E39">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> under ‘Pre-School Admissions’.  During the admissions procedure when applying the criteria punctual applications will be considered before late applications are considered.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="060DA36C" w14:textId="77777777" w:rsidR="002B4E39" w:rsidRPr="002B4E39" w:rsidRDefault="002B4E39" w:rsidP="002B4E39">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30281F4F" w14:textId="70B117E1" w:rsidR="00A13BCE" w:rsidRPr="00FA3DA1" w:rsidRDefault="00A13BCE" w:rsidP="00A13BCE">
-[...52 lines deleted...]
-    <w:p w14:paraId="0E45DA11" w14:textId="379EFB65" w:rsidR="00A13BCE" w:rsidRPr="00FA3DA1" w:rsidRDefault="00A13BCE" w:rsidP="00A13BCE">
+    <w:p w14:paraId="28CB72C7" w14:textId="36B8FBB9" w:rsidR="00A13BCE" w:rsidRDefault="00C1589A" w:rsidP="00C1589A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="ui-provider"/>
-[...49 lines deleted...]
-        <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA3DA1">
-[...31 lines deleted...]
-          <w:rStyle w:val="ui-provider"/>
+      <w:r w:rsidRPr="00C1589A">
+        <w:t>The application procedure opens on 07 January 2026 at 12noon (GMT</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C1589A">
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C1589A">
+        <w:t xml:space="preserve"> and an application submitted by the closing date of 21 January 2026 at 12noon (GMT) will be treated as a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1589A">
+        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>late application</w:t>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>punctual application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1589A">
+        <w:t xml:space="preserve">. An application received after 12noon (GMT) on 21 January 2026 will be treated as a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1589A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>late application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BB17EA3" w14:textId="77777777" w:rsidR="002B4E39" w:rsidRPr="002B4E39" w:rsidRDefault="002B4E39" w:rsidP="002B4E39">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52F9B2B6" w14:textId="535405DC" w:rsidR="002B4E39" w:rsidRPr="002B4E39" w:rsidRDefault="002B4E39" w:rsidP="002B4E39">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -5078,156 +4968,176 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="388CFD1F" w14:textId="77777777" w:rsidR="00E33CA0" w:rsidRPr="00E33CA0" w:rsidRDefault="00E33CA0" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:adjustRightInd/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E33CA0">
         <w:t xml:space="preserve">Children from socially disadvantaged circumstances in their final pre-school year who were born: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13D75E83" w14:textId="30679D67" w:rsidR="00E33CA0" w:rsidRPr="00E33CA0" w:rsidRDefault="00E33CA0" w:rsidP="004F0C03">
+    <w:p w14:paraId="13D75E83" w14:textId="4180355C" w:rsidR="00E33CA0" w:rsidRPr="00E33CA0" w:rsidRDefault="00E33CA0" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="709" w:hanging="142"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E33CA0">
         <w:t>- on or between 2 July 20</w:t>
       </w:r>
       <w:r w:rsidR="00110765">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00714143">
-        <w:t>1</w:t>
+      <w:r w:rsidR="005C5487">
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33CA0">
         <w:t xml:space="preserve"> and 1 July 202</w:t>
       </w:r>
-      <w:r w:rsidR="00714143">
-        <w:t>2</w:t>
+      <w:r w:rsidR="005C5487">
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33CA0">
         <w:t xml:space="preserve"> (inclusive) and whose parents have not exercised their right to defer their child’s entry to primary school; or, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48518FAC" w14:textId="77777777" w:rsidR="00E33CA0" w:rsidRPr="00E33CA0" w:rsidRDefault="00E33CA0" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C018948" w14:textId="258EED58" w:rsidR="00E33CA0" w:rsidRPr="00E33CA0" w:rsidRDefault="00E33CA0" w:rsidP="004F0C03">
+    <w:p w14:paraId="7C018948" w14:textId="492D5401" w:rsidR="00E33CA0" w:rsidRPr="00E33CA0" w:rsidRDefault="00E33CA0" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="709" w:hanging="142"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E33CA0">
         <w:t>- on or between 1 April 20</w:t>
       </w:r>
       <w:r w:rsidR="00110765">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00714143">
-        <w:t>1</w:t>
+      <w:r w:rsidR="005C5487">
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33CA0">
         <w:t xml:space="preserve"> and 1 July 20</w:t>
       </w:r>
       <w:r w:rsidR="00110765">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00714143">
-        <w:t>1</w:t>
+      <w:r w:rsidR="005C5487">
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33CA0">
         <w:t xml:space="preserve"> (inclusive) or were due to be born on or between those dates but were born earlier; and, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DE712B2" w14:textId="77777777" w:rsidR="00E33CA0" w:rsidRPr="00E33CA0" w:rsidRDefault="00E33CA0" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1134" w:hanging="141"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E33CA0">
         <w:t xml:space="preserve">• have not attended or are not currently attending a funded pre-school setting under the Pre-School Education Programme as a target aged child; and, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C4F90E" w14:textId="219365A3" w:rsidR="00E33CA0" w:rsidRPr="00E33CA0" w:rsidRDefault="00E33CA0" w:rsidP="004F0C03">
+    <w:p w14:paraId="14C4F90E" w14:textId="7600BE32" w:rsidR="00E33CA0" w:rsidRPr="00E33CA0" w:rsidRDefault="00E33CA0" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1134" w:hanging="141"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E33CA0">
         <w:t>• that child’s parent has completed a request to defer their child starting P1 until September 202</w:t>
       </w:r>
-      <w:r w:rsidR="00714143">
-        <w:t>6</w:t>
+      <w:r w:rsidR="005C5487">
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33CA0">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63933F03" w14:textId="77777777" w:rsidR="00E33CA0" w:rsidRPr="00E33CA0" w:rsidRDefault="00E33CA0" w:rsidP="00E33CA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22E54762" w14:textId="77777777" w:rsidR="00E33CA0" w:rsidRPr="00E33CA0" w:rsidRDefault="00E33CA0" w:rsidP="00E33CA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E33CA0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Note: Children from ‘socially disadvantaged circumstances’ means a child whose parent has an entitlement to (i) Income Support, or (ii) Income-based Jobseeker’s Allowance, or (iii) Income related Employment and Support Allowance, or (iv) Universal Credit. When parents apply for places for their child on this basis they must provide Benefit Verification to confirm that they have an entitlement. The application procedure for Pre-School will outline how Benefit Verification can be submitted.</w:t>
+        <w:t xml:space="preserve">Note: Children from ‘socially disadvantaged circumstances’ means a child whose parent has an entitlement to (i) Income Support, or (ii) Income-based Jobseeker’s Allowance, or (iii) Income related Employment and Support Allowance, or (iv) Universal Credit. When parents apply for places for their child on this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E33CA0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>basis</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E33CA0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they must provide Benefit Verification to confirm that they have an entitlement. The application procedure for Pre-School will outline how Benefit Verification can be submitted.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33CA0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50F046A7" w14:textId="77777777" w:rsidR="00E33CA0" w:rsidRPr="00E33CA0" w:rsidRDefault="00E33CA0" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CD35C85" w14:textId="77777777" w:rsidR="00E33CA0" w:rsidRPr="00E33CA0" w:rsidRDefault="00E33CA0" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:adjustRightInd/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
@@ -5241,51 +5151,59 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="322A22FC" w14:textId="314CC77E" w:rsidR="004F0C03" w:rsidRPr="004F0C03" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F0C03">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Sub-criteria</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DB9A1B1" w14:textId="3DDC213F" w:rsidR="004F0C03" w:rsidRPr="00E33CA0" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE29D2">
-        <w:t>In the event of more pupils satisfying the last criterion, which can be applied, the Governors have determined that selection for the remaining places will be on the basis of the following sub-criteria:</w:t>
+        <w:t xml:space="preserve">In the event of more pupils satisfying the last criterion, which can be applied, the Governors have determined that selection for the remaining places will be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE29D2">
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE29D2">
+        <w:t xml:space="preserve"> the following sub-criteria:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="158CE076" w14:textId="77777777" w:rsidR="004F0C03" w:rsidRPr="00E33CA0" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:adjustRightInd/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00E33CA0">
         <w:t xml:space="preserve">Children who normally reside in the Parish of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E33CA0">
         <w:t>Aghalurcher</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E33CA0">
@@ -5352,137 +5270,461 @@
         <w:overflowPunct/>
         <w:adjustRightInd/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00E33CA0">
         <w:t>Children who are a Child Looked After (CLA)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="158B1259" w14:textId="134BABCA" w:rsidR="004F0C03" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:adjustRightInd/>
         <w:ind w:left="567"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4007A9B4" w14:textId="77777777" w:rsidR="004F0C03" w:rsidRPr="00E33CA0" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00E33CA0">
-        <w:t>In the event of over-subscription in the last sub-criterion which can be applied then selection for all places remaining in this sib-criterion will be on the basis of the initial letter of the surname as per the birth certificate in the order set out below:</w:t>
+        <w:t xml:space="preserve">In the event of over-subscription in the last sub-criterion which can be applied then selection for all places remaining in this sib-criterion will be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E33CA0">
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E33CA0">
+        <w:t xml:space="preserve"> the initial letter of the surname as per the birth certificate in the order set out below:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="010642CC" w14:textId="77777777" w:rsidR="004F0C03" w:rsidRPr="00931DCD" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="130794C9" w14:textId="6338B3F8" w:rsidR="004F0C03" w:rsidRPr="00DD5B3C" w:rsidRDefault="00C61ECE" w:rsidP="004F0C03">
+    <w:p w14:paraId="287A9EE5" w14:textId="49C40C03" w:rsidR="00D31282" w:rsidRPr="00D31282" w:rsidRDefault="00D31282" w:rsidP="00D31282">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="720"/>
       </w:pPr>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C61ECE">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
           <w:b/>
-          <w:highlight w:val="yellow"/>
-[...1 lines deleted...]
-        <w:t>G A R N B F D Mc M E S Mac P G L U H Q K T Y J O V X Z</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mc </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mac </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31282">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> X</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6E65EAEF" w14:textId="77777777" w:rsidR="00855FC1" w:rsidRPr="00DD5B3C" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
+    <w:p w14:paraId="6E65EAEF" w14:textId="77777777" w:rsidR="00855FC1" w:rsidRPr="0052668A" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DD5B3C">
+      <w:r w:rsidRPr="0052668A">
         <w:t xml:space="preserve">The order was determined by a randomised selection of letters carried out by the governors of the school at a meeting on </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E3A4CF" w14:textId="184AA4D1" w:rsidR="004F0C03" w:rsidRPr="00E33CA0" w:rsidRDefault="00855FC1" w:rsidP="004F0C03">
+    <w:p w14:paraId="24E3A4CF" w14:textId="3AE448DE" w:rsidR="004F0C03" w:rsidRPr="00E33CA0" w:rsidRDefault="00D31282" w:rsidP="004F0C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00714143">
-[...7 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00524CC9">
+        <w:t>19</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00524CC9">
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t xml:space="preserve">rd </w:t>
-[...10 lines deleted...]
-        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00524CC9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00855FC1" w:rsidRPr="00524CC9">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00855FC1" w:rsidRPr="00524CC9">
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00524CC9">
+        <w:t>ne</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00855FC1" w:rsidRPr="00524CC9">
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00524CC9">
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="004F0C03" w:rsidRPr="00714143">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004F0C03" w:rsidRPr="00524CC9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="590A147C" w14:textId="77777777" w:rsidR="004F0C03" w:rsidRPr="00E33CA0" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:adjustRightInd/>
         <w:ind w:left="0"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E66A964" w14:textId="77777777" w:rsidR="004F0C03" w:rsidRPr="00EE29D2" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
@@ -5586,82 +5828,82 @@
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Children who were born:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C58875B" w14:textId="56AA7A6C" w:rsidR="004F0C03" w:rsidRPr="00EE29D2" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
+    <w:p w14:paraId="1C58875B" w14:textId="32F1FC73" w:rsidR="004F0C03" w:rsidRPr="00EE29D2" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd/>
         <w:spacing w:before="1"/>
         <w:ind w:left="851" w:right="-2" w:hanging="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE29D2">
         <w:t>on or between 1 April 20</w:t>
       </w:r>
       <w:r w:rsidR="00110765">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00714143">
-        <w:t>1</w:t>
+      <w:r w:rsidR="005C5487">
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE29D2">
         <w:t xml:space="preserve"> - 1 July 20</w:t>
       </w:r>
       <w:r w:rsidR="00110765">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00714143">
-        <w:t>1</w:t>
+      <w:r w:rsidR="005C5487">
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE29D2">
         <w:t xml:space="preserve"> (inclusive), or were due to be born on or between those dates but were born earlier; and,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B4D5EFE" w14:textId="77777777" w:rsidR="004F0C03" w:rsidRPr="00EE29D2" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1418" w:right="-2" w:hanging="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE29D2">
         <w:t>and have attended or are currently attending a funded pre-school setting under the Pre-School Education Programme as a target aged (not penultimate aged) child;</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
@@ -5671,182 +5913,182 @@
       </w:r>
       <w:r w:rsidRPr="00EE29D2">
         <w:t>and,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3241DAD7" w14:textId="77777777" w:rsidR="004F0C03" w:rsidRPr="00EE29D2" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1418" w:right="-2" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>that child’s parent has completed a request to defer their child starting P1, or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23753629" w14:textId="7CFE01E6" w:rsidR="004F0C03" w:rsidRPr="00EE29D2" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
+    <w:p w14:paraId="23753629" w14:textId="4871E727" w:rsidR="004F0C03" w:rsidRPr="00EE29D2" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:adjustRightInd/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>on or between 2 July 202</w:t>
       </w:r>
-      <w:r w:rsidR="00714143">
+      <w:r w:rsidR="005C5487">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and 1 July 202</w:t>
       </w:r>
-      <w:r w:rsidR="00714143">
+      <w:r w:rsidR="005C5487">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (inclusive); or,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62AB8461" w14:textId="2B811B62" w:rsidR="004F0C03" w:rsidRPr="00EE29D2" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
+    <w:p w14:paraId="62AB8461" w14:textId="44CFBC8A" w:rsidR="004F0C03" w:rsidRPr="00EE29D2" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:adjustRightInd/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>on or between 1 April 202</w:t>
       </w:r>
-      <w:r w:rsidR="00714143">
+      <w:r w:rsidR="005C5487">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and 1 July 202</w:t>
       </w:r>
-      <w:r w:rsidR="00714143">
+      <w:r w:rsidR="005C5487">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (inclusive) or were due to be born on or between those dates but were born earlier; and that child’s parent has completed a request to defer their child starting P1 until September 20</w:t>
       </w:r>
       <w:r w:rsidR="00110765">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00714143">
+      <w:r w:rsidR="005C5487">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="690273FF" w14:textId="77777777" w:rsidR="004F0C03" w:rsidRPr="00EE29D2" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
@@ -5857,51 +6099,75 @@
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Tie Breaker – Non Statutory Criterion 3</w:t>
+        <w:t xml:space="preserve">Tie Breaker – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE29D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Non Statutory</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE29D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Criterion 3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="167B84D2" w14:textId="77777777" w:rsidR="004F0C03" w:rsidRPr="00845379" w:rsidRDefault="004F0C03" w:rsidP="004F0C03">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk117696386"/>
       <w:r w:rsidRPr="00EE29D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
@@ -8363,51 +8629,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>oli</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53655CCA" w14:textId="6676DB7B" w:rsidR="005B7B1F" w:rsidRPr="006C682A" w:rsidRDefault="005B7B1F" w:rsidP="00B34877">
+    <w:p w14:paraId="53655CCA" w14:textId="1F61D2F6" w:rsidR="005B7B1F" w:rsidRPr="006C682A" w:rsidRDefault="005B7B1F" w:rsidP="00B34877">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C682A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="006C682A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ho</w:t>
       </w:r>
       <w:r w:rsidRPr="006C682A">
@@ -8516,85 +8782,67 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00A13BCE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00A13BCE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001E4C3A" w:rsidRPr="00FA3DA1">
+      <w:r w:rsidR="001E4C3A" w:rsidRPr="00C1589A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="10"/>
         </w:rPr>
-        <w:t>Tuesday 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FA3DA1" w:rsidRPr="00FA3DA1">
+        <w:t xml:space="preserve">Tuesday </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1589A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="10"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...17 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>19 May 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA3DA1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA3DA1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
       <w:r w:rsidRPr="006C682A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="minorHAnsi" w:cs="Arial Narrow"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="9"/>
         </w:rPr>
@@ -9462,64 +9710,78 @@
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>cat</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>on fo</w:t>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fo</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>m they</w:t>
+        <w:t>m</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>sho</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
@@ -9604,51 +9866,51 @@
         <w:t>sc</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ool.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21FDA618" w14:textId="77777777" w:rsidR="005B7B1F" w:rsidRPr="005B7B1F" w:rsidRDefault="005B7B1F" w:rsidP="00B34877">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AD99853" w14:textId="26D290D6" w:rsidR="005B7B1F" w:rsidRPr="005B7B1F" w:rsidRDefault="005B7B1F" w:rsidP="00B34877">
+    <w:p w14:paraId="1AD99853" w14:textId="34A7DFC6" w:rsidR="005B7B1F" w:rsidRPr="005B7B1F" w:rsidRDefault="005B7B1F" w:rsidP="00B34877">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -9750,61 +10012,61 @@
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00915713">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00714143">
+      <w:r w:rsidR="005C5487">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B56512" w14:textId="04EB3574" w:rsidR="005B7B1F" w:rsidRPr="005B7B1F" w:rsidRDefault="005B7B1F" w:rsidP="00B34877">
+    <w:p w14:paraId="28B56512" w14:textId="6EE6209A" w:rsidR="005B7B1F" w:rsidRPr="005B7B1F" w:rsidRDefault="005B7B1F" w:rsidP="00B34877">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The s</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
@@ -9963,392 +10225,844 @@
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>pte</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ber 20</w:t>
       </w:r>
       <w:r w:rsidR="00CC09A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00714143">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="005C5487">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B1F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51F330DD" w14:textId="77777777" w:rsidR="005B7B1F" w:rsidRPr="005B7B1F" w:rsidRDefault="005B7B1F" w:rsidP="00B34877">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05DF2BE0" w14:textId="7F1CC809" w:rsidR="00B13E9E" w:rsidRPr="005B7B1F" w:rsidRDefault="005B7B1F" w:rsidP="00B34877">
+    <w:p w14:paraId="05DF2BE0" w14:textId="7F1CC809" w:rsidR="00B13E9E" w:rsidRDefault="005B7B1F" w:rsidP="00B34877">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ents sho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ld a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>so no</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>e t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>at if t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>eir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">child </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>s see</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ing n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sery p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ovision for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0059316D" w:rsidRPr="0059316D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidR="0059316D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">year </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>hey</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>MU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">T </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7B1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>eapply</w:t>
+      </w:r>
+      <w:r w:rsidR="0059316D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F5DB717" w14:textId="77777777" w:rsidR="008C18DE" w:rsidRDefault="008C18DE" w:rsidP="00B34877">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:overflowPunct/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59B1ED81" w14:textId="77777777" w:rsidR="008C18DE" w:rsidRPr="008C18DE" w:rsidRDefault="008C18DE" w:rsidP="008C18DE">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:adjustRightInd/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="123"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
+          <w:lang w:bidi="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B7B1F">
-[...257 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+    </w:p>
+    <w:p w14:paraId="19F16680" w14:textId="77777777" w:rsidR="008C18DE" w:rsidRPr="008C18DE" w:rsidRDefault="008C18DE" w:rsidP="008C18DE">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:adjustRightInd/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="123"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:lang w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid125"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="2126"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008C18DE" w:rsidRPr="008C18DE" w14:paraId="648DBE43" w14:textId="77777777" w:rsidTr="004D205F">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF600E8" w14:textId="77777777" w:rsidR="008C18DE" w:rsidRPr="008C18DE" w:rsidRDefault="008C18DE" w:rsidP="008C18DE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:bidi="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C18DE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t>Applications and Admissions to Pre-School</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C18DE" w:rsidRPr="008C18DE" w14:paraId="0979C84F" w14:textId="77777777" w:rsidTr="004D205F">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC90574" w14:textId="77777777" w:rsidR="008C18DE" w:rsidRPr="008C18DE" w:rsidRDefault="008C18DE" w:rsidP="008C18DE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:bidi="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C18DE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t>Year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E3094F" w14:textId="77777777" w:rsidR="008C18DE" w:rsidRPr="008C18DE" w:rsidRDefault="008C18DE" w:rsidP="008C18DE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:bidi="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C18DE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t>Total Applications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE8F131" w14:textId="77777777" w:rsidR="008C18DE" w:rsidRPr="008C18DE" w:rsidRDefault="008C18DE" w:rsidP="008C18DE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:bidi="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C18DE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t>Total Admissions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C18DE" w:rsidRPr="008C18DE" w14:paraId="35F97531" w14:textId="77777777" w:rsidTr="004D205F">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20063A92" w14:textId="77777777" w:rsidR="008C18DE" w:rsidRPr="008C18DE" w:rsidRDefault="008C18DE" w:rsidP="008C18DE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:bidi="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C18DE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t>2025/2026*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A01AB89" w14:textId="04A07DEE" w:rsidR="008C18DE" w:rsidRPr="008C18DE" w:rsidRDefault="00D31282" w:rsidP="008C18DE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:bidi="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D1E7EF6" w14:textId="09E48D7B" w:rsidR="008C18DE" w:rsidRPr="008C18DE" w:rsidRDefault="00D31282" w:rsidP="008C18DE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:bidi="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3E1199C4" w14:textId="77777777" w:rsidR="008C18DE" w:rsidRPr="008C18DE" w:rsidRDefault="008C18DE" w:rsidP="008C18DE">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:lang w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4444BA30" w14:textId="77777777" w:rsidR="008C18DE" w:rsidRPr="008C18DE" w:rsidRDefault="008C18DE" w:rsidP="008C18DE">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:lang w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C18DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:lang w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*The Total Admissions for year 2025/2026 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C18DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:lang w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t>includes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C18DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:lang w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all pre-school children admitted to the pre-school including those who have a statement of special educational needs and/or may be attending </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C18DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:lang w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t>SPiMS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C18DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:lang w:bidi="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B13E9E" w:rsidRPr="005B7B1F" w:rsidSect="00853A92">
+    <w:p w14:paraId="1BA78FF1" w14:textId="77777777" w:rsidR="008C18DE" w:rsidRPr="008C18DE" w:rsidRDefault="008C18DE" w:rsidP="008C18DE">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:lang w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C18DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:lang w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C18DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:lang w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t>SPiMS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C18DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:lang w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = Specialist Provision in Mainstream School)</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="008C18DE" w:rsidRPr="008C18DE" w:rsidSect="00853A92">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="567" w:left="851" w:header="170" w:footer="170" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6DB09ED0" w14:textId="77777777" w:rsidR="002B2285" w:rsidRDefault="002B2285" w:rsidP="007B55E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6EE9DDF3" w14:textId="77777777" w:rsidR="002B2285" w:rsidRDefault="002B2285" w:rsidP="007B55E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -10395,205 +11109,205 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="69A7080B" w14:textId="49862BAF" w:rsidR="002A0C40" w:rsidRPr="00C838EB" w:rsidRDefault="00C838EB" w:rsidP="00C838EB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="69A7080B" w14:textId="7A3587E5" w:rsidR="002A0C40" w:rsidRPr="00C838EB" w:rsidRDefault="00C838EB" w:rsidP="00C838EB">
     <w:pPr>
       <w:pBdr>
         <w:left w:val="single" w:sz="12" w:space="11" w:color="4F81BD" w:themeColor="accent1"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:pos="10204"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>Updated November 20</w:t>
     </w:r>
     <w:r w:rsidR="0059316D">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00714143">
+    <w:r w:rsidR="005C5487">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>www.eani.org.uk/admissions</w:t>
       </w:r>
     </w:hyperlink>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0EBC04EC" w14:textId="77777777" w:rsidR="002B2285" w:rsidRDefault="002B2285" w:rsidP="007B55E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7CEBC008" w14:textId="77777777" w:rsidR="002B2285" w:rsidRDefault="002B2285" w:rsidP="007B55E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3D7B38B5" w14:textId="680A73A6" w:rsidR="00C838EB" w:rsidRPr="00C838EB" w:rsidRDefault="00C838EB" w:rsidP="00C838EB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3D7B38B5" w14:textId="17788501" w:rsidR="00C838EB" w:rsidRPr="00C838EB" w:rsidRDefault="00C838EB" w:rsidP="00C838EB">
     <w:pPr>
       <w:pBdr>
         <w:left w:val="single" w:sz="12" w:space="11" w:color="4F81BD" w:themeColor="accent1"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3620"/>
         <w:tab w:val="left" w:pos="3964"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>Admissions criteria for entry September 20</w:t>
     </w:r>
     <w:r w:rsidR="00915713">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00714143">
+    <w:r w:rsidR="005C5487">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000403"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000886"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -10852,61 +11566,173 @@
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08EE411C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="43F4639E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09164457"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F51CDE04"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F47503D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86B41DC8"/>
     <w:lvl w:ilvl="0" w:tplc="F44CC6AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:hanging="577"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BAE67C64">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="74DE0848">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -10943,51 +11769,51 @@
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="585E6572">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3888334C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="108A394D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF044F22"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11056,91 +11882,91 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17A26306"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6F44FE9C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19BC09C6"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5FA49B5E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21E22533"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52C4AAC6"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0809001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E49EFE16">
@@ -11188,51 +12014,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="220D0404"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FEBC1816"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -11277,51 +12103,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22B419F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="922C0B1C"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -11393,51 +12219,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="231B01B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56A4399A"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -11506,73 +12332,73 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C0A4532"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3550B68E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30BA16A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC72155A"/>
     <w:lvl w:ilvl="0" w:tplc="76704716">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11644,51 +12470,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="392801BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58D6928E"/>
     <w:lvl w:ilvl="0" w:tplc="BEB80970">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -11733,51 +12559,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A047006"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FEAA44E0"/>
     <w:lvl w:ilvl="0" w:tplc="DEDAF582">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="644"/>
         </w:tabs>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11849,51 +12675,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5684"/>
         </w:tabs>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6404"/>
         </w:tabs>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44A3663F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A014C14E"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -11962,51 +12788,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47D44487"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="698EDBFC"/>
     <w:lvl w:ilvl="0" w:tplc="E7B6EF5C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:hanging="577"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="992A7F4C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:hanging="360"/>
@@ -12060,51 +12886,51 @@
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="F6D6FF32">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CCA69CFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F937064"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3FAEEA0"/>
     <w:lvl w:ilvl="0" w:tplc="210042FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12150,51 +12976,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AA94B29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50AAFA28"/>
     <w:lvl w:ilvl="0" w:tplc="50369E88">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12290,77 +13116,75 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="659C58AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3578B36E"/>
     <w:lvl w:ilvl="0" w:tplc="18D28220">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:hanging="577"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="405EC85C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:hanging="576"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="F29AB080">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="C52CBD16">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -12388,51 +13212,51 @@
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="7EC26E0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D7903720">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="752C76AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8BEEFB0"/>
     <w:lvl w:ilvl="0" w:tplc="87FEBEF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -12477,51 +13301,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78565A3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A192DF54"/>
     <w:lvl w:ilvl="0" w:tplc="352E8B8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12593,51 +13417,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F9B3661"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88F249B2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1866" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12710,164 +13534,167 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6906" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="482703667">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1558971106">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="576550472">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1759911403">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="494032764">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1378747096">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="751320729">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1344432701">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1615865104">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="769543069">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="335425648">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="335425648">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="12" w16cid:durableId="970332154">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="468594429">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="177813650">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="312956052">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1541824224">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="44717268">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="44717268">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="18" w16cid:durableId="2004624056">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="983773907">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1146168604">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2091463563">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="97337531">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="220604562">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="606234969">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1661346698">
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="2"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="web"/>
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="30721"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009521B0"/>
     <w:rsid w:val="00000C99"/>
     <w:rsid w:val="00000FB1"/>
     <w:rsid w:val="0000136F"/>
     <w:rsid w:val="00002A57"/>
     <w:rsid w:val="00002F8B"/>
     <w:rsid w:val="00003D41"/>
@@ -13079,50 +13906,51 @@
     <w:rsid w:val="000C5824"/>
     <w:rsid w:val="000C6649"/>
     <w:rsid w:val="000C7424"/>
     <w:rsid w:val="000C78FD"/>
     <w:rsid w:val="000C7AE8"/>
     <w:rsid w:val="000C7EF5"/>
     <w:rsid w:val="000D0825"/>
     <w:rsid w:val="000D162D"/>
     <w:rsid w:val="000D1A29"/>
     <w:rsid w:val="000D20DB"/>
     <w:rsid w:val="000D226E"/>
     <w:rsid w:val="000D41BC"/>
     <w:rsid w:val="000D488E"/>
     <w:rsid w:val="000D4F17"/>
     <w:rsid w:val="000D5526"/>
     <w:rsid w:val="000D58AB"/>
     <w:rsid w:val="000D5A5A"/>
     <w:rsid w:val="000D62DB"/>
     <w:rsid w:val="000D7231"/>
     <w:rsid w:val="000E0CD6"/>
     <w:rsid w:val="000E1046"/>
     <w:rsid w:val="000E1723"/>
     <w:rsid w:val="000E262A"/>
     <w:rsid w:val="000E27BB"/>
     <w:rsid w:val="000E2970"/>
+    <w:rsid w:val="000E3672"/>
     <w:rsid w:val="000E3771"/>
     <w:rsid w:val="000E38E3"/>
     <w:rsid w:val="000E3C9F"/>
     <w:rsid w:val="000E3D9A"/>
     <w:rsid w:val="000E53DC"/>
     <w:rsid w:val="000E5966"/>
     <w:rsid w:val="000E75DA"/>
     <w:rsid w:val="000E79CB"/>
     <w:rsid w:val="000F0699"/>
     <w:rsid w:val="000F0A9F"/>
     <w:rsid w:val="000F10EE"/>
     <w:rsid w:val="000F1109"/>
     <w:rsid w:val="000F1C87"/>
     <w:rsid w:val="000F2403"/>
     <w:rsid w:val="000F25FA"/>
     <w:rsid w:val="000F2AA4"/>
     <w:rsid w:val="000F2B72"/>
     <w:rsid w:val="000F2D5A"/>
     <w:rsid w:val="000F34EE"/>
     <w:rsid w:val="000F4205"/>
     <w:rsid w:val="000F4869"/>
     <w:rsid w:val="000F4DD2"/>
     <w:rsid w:val="000F5B06"/>
     <w:rsid w:val="000F7EA1"/>
     <w:rsid w:val="00100234"/>
@@ -13833,50 +14661,51 @@
     <w:rsid w:val="003E5DC7"/>
     <w:rsid w:val="003E7162"/>
     <w:rsid w:val="003E73CA"/>
     <w:rsid w:val="003E7831"/>
     <w:rsid w:val="003F0292"/>
     <w:rsid w:val="003F0863"/>
     <w:rsid w:val="003F1AED"/>
     <w:rsid w:val="003F1E75"/>
     <w:rsid w:val="003F284B"/>
     <w:rsid w:val="003F38F2"/>
     <w:rsid w:val="003F4274"/>
     <w:rsid w:val="003F4FEA"/>
     <w:rsid w:val="003F5EA6"/>
     <w:rsid w:val="003F65F1"/>
     <w:rsid w:val="004000AA"/>
     <w:rsid w:val="004000B3"/>
     <w:rsid w:val="00402510"/>
     <w:rsid w:val="00402614"/>
     <w:rsid w:val="00402DFA"/>
     <w:rsid w:val="004033BF"/>
     <w:rsid w:val="00404C01"/>
     <w:rsid w:val="00404F56"/>
     <w:rsid w:val="004053B7"/>
     <w:rsid w:val="00405728"/>
     <w:rsid w:val="0040682D"/>
+    <w:rsid w:val="00407179"/>
     <w:rsid w:val="0040747E"/>
     <w:rsid w:val="00410079"/>
     <w:rsid w:val="00410162"/>
     <w:rsid w:val="00410817"/>
     <w:rsid w:val="00410B6D"/>
     <w:rsid w:val="00410CFE"/>
     <w:rsid w:val="00411CCE"/>
     <w:rsid w:val="00411DB5"/>
     <w:rsid w:val="00411EE3"/>
     <w:rsid w:val="00412BE8"/>
     <w:rsid w:val="00412DE8"/>
     <w:rsid w:val="00413338"/>
     <w:rsid w:val="00413707"/>
     <w:rsid w:val="00413973"/>
     <w:rsid w:val="004140EF"/>
     <w:rsid w:val="0041410F"/>
     <w:rsid w:val="004143D5"/>
     <w:rsid w:val="00414AB1"/>
     <w:rsid w:val="004153C9"/>
     <w:rsid w:val="004154EF"/>
     <w:rsid w:val="004171A2"/>
     <w:rsid w:val="00417A81"/>
     <w:rsid w:val="004206E9"/>
     <w:rsid w:val="0042269B"/>
     <w:rsid w:val="00423A3C"/>
@@ -14137,53 +14966,55 @@
     <w:rsid w:val="00515AC5"/>
     <w:rsid w:val="005160D8"/>
     <w:rsid w:val="00516A3B"/>
     <w:rsid w:val="00516FCA"/>
     <w:rsid w:val="00517190"/>
     <w:rsid w:val="00517F71"/>
     <w:rsid w:val="00520486"/>
     <w:rsid w:val="00520521"/>
     <w:rsid w:val="00520790"/>
     <w:rsid w:val="00520931"/>
     <w:rsid w:val="00520B35"/>
     <w:rsid w:val="0052114B"/>
     <w:rsid w:val="0052121A"/>
     <w:rsid w:val="005215FD"/>
     <w:rsid w:val="00521B82"/>
     <w:rsid w:val="0052252D"/>
     <w:rsid w:val="00522C20"/>
     <w:rsid w:val="00522DBA"/>
     <w:rsid w:val="005236A5"/>
     <w:rsid w:val="005239C7"/>
     <w:rsid w:val="00523AB8"/>
     <w:rsid w:val="00523FC0"/>
     <w:rsid w:val="005243F5"/>
     <w:rsid w:val="005249F9"/>
     <w:rsid w:val="00524B17"/>
+    <w:rsid w:val="00524CC9"/>
     <w:rsid w:val="00524E0C"/>
     <w:rsid w:val="00525F4D"/>
     <w:rsid w:val="00525FD7"/>
+    <w:rsid w:val="0052668A"/>
     <w:rsid w:val="00527065"/>
     <w:rsid w:val="005274DB"/>
     <w:rsid w:val="00530142"/>
     <w:rsid w:val="00531250"/>
     <w:rsid w:val="005314F3"/>
     <w:rsid w:val="00532621"/>
     <w:rsid w:val="005329F7"/>
     <w:rsid w:val="0053385F"/>
     <w:rsid w:val="00533E50"/>
     <w:rsid w:val="00533F94"/>
     <w:rsid w:val="005344AB"/>
     <w:rsid w:val="0053458B"/>
     <w:rsid w:val="005347E1"/>
     <w:rsid w:val="005348A8"/>
     <w:rsid w:val="00534C3C"/>
     <w:rsid w:val="00535D51"/>
     <w:rsid w:val="005361F4"/>
     <w:rsid w:val="005369F6"/>
     <w:rsid w:val="0053730A"/>
     <w:rsid w:val="005376E3"/>
     <w:rsid w:val="005414CF"/>
     <w:rsid w:val="00541531"/>
     <w:rsid w:val="00541776"/>
     <w:rsid w:val="005421B0"/>
     <w:rsid w:val="005423C3"/>
@@ -14280,50 +15111,51 @@
     <w:rsid w:val="005B0DD8"/>
     <w:rsid w:val="005B0E35"/>
     <w:rsid w:val="005B132D"/>
     <w:rsid w:val="005B2F4B"/>
     <w:rsid w:val="005B3246"/>
     <w:rsid w:val="005B402B"/>
     <w:rsid w:val="005B45F1"/>
     <w:rsid w:val="005B5C96"/>
     <w:rsid w:val="005B5FFB"/>
     <w:rsid w:val="005B64AA"/>
     <w:rsid w:val="005B6D90"/>
     <w:rsid w:val="005B6D95"/>
     <w:rsid w:val="005B7528"/>
     <w:rsid w:val="005B799D"/>
     <w:rsid w:val="005B7B1F"/>
     <w:rsid w:val="005B7BCE"/>
     <w:rsid w:val="005B7C32"/>
     <w:rsid w:val="005C1292"/>
     <w:rsid w:val="005C151B"/>
     <w:rsid w:val="005C222B"/>
     <w:rsid w:val="005C2FCF"/>
     <w:rsid w:val="005C32B6"/>
     <w:rsid w:val="005C3A6D"/>
     <w:rsid w:val="005C45B0"/>
     <w:rsid w:val="005C488D"/>
+    <w:rsid w:val="005C5487"/>
     <w:rsid w:val="005C5D6C"/>
     <w:rsid w:val="005C5D91"/>
     <w:rsid w:val="005C6527"/>
     <w:rsid w:val="005C66A2"/>
     <w:rsid w:val="005C6FEB"/>
     <w:rsid w:val="005C722A"/>
     <w:rsid w:val="005D02AE"/>
     <w:rsid w:val="005D05EC"/>
     <w:rsid w:val="005D0A15"/>
     <w:rsid w:val="005D11DB"/>
     <w:rsid w:val="005D1EBD"/>
     <w:rsid w:val="005D2815"/>
     <w:rsid w:val="005D2ECC"/>
     <w:rsid w:val="005D3E81"/>
     <w:rsid w:val="005D580C"/>
     <w:rsid w:val="005D5980"/>
     <w:rsid w:val="005D5EED"/>
     <w:rsid w:val="005D75E6"/>
     <w:rsid w:val="005E06C1"/>
     <w:rsid w:val="005E0A1C"/>
     <w:rsid w:val="005E33B8"/>
     <w:rsid w:val="005E3C12"/>
     <w:rsid w:val="005E3D2D"/>
     <w:rsid w:val="005E56FC"/>
     <w:rsid w:val="005E5B15"/>
@@ -14836,50 +15668,51 @@
     <w:rsid w:val="007E3492"/>
     <w:rsid w:val="007E3C97"/>
     <w:rsid w:val="007E418A"/>
     <w:rsid w:val="007E454A"/>
     <w:rsid w:val="007E4B28"/>
     <w:rsid w:val="007E4B4D"/>
     <w:rsid w:val="007E4BE8"/>
     <w:rsid w:val="007E5470"/>
     <w:rsid w:val="007E5731"/>
     <w:rsid w:val="007E5A17"/>
     <w:rsid w:val="007E7082"/>
     <w:rsid w:val="007F06C8"/>
     <w:rsid w:val="007F0C64"/>
     <w:rsid w:val="007F1288"/>
     <w:rsid w:val="007F15CF"/>
     <w:rsid w:val="007F1E29"/>
     <w:rsid w:val="007F2757"/>
     <w:rsid w:val="007F2DCC"/>
     <w:rsid w:val="007F3219"/>
     <w:rsid w:val="007F3A96"/>
     <w:rsid w:val="007F450E"/>
     <w:rsid w:val="007F48BB"/>
     <w:rsid w:val="007F4C3E"/>
     <w:rsid w:val="007F6D01"/>
     <w:rsid w:val="007F6EC0"/>
+    <w:rsid w:val="0080061D"/>
     <w:rsid w:val="00801106"/>
     <w:rsid w:val="0080172E"/>
     <w:rsid w:val="00801B7D"/>
     <w:rsid w:val="00802227"/>
     <w:rsid w:val="00803FBD"/>
     <w:rsid w:val="00804151"/>
     <w:rsid w:val="0080425A"/>
     <w:rsid w:val="00804BBE"/>
     <w:rsid w:val="00805745"/>
     <w:rsid w:val="008058D9"/>
     <w:rsid w:val="00805A3E"/>
     <w:rsid w:val="00805BEE"/>
     <w:rsid w:val="0080644A"/>
     <w:rsid w:val="00806A21"/>
     <w:rsid w:val="00806B49"/>
     <w:rsid w:val="00806EF9"/>
     <w:rsid w:val="008071C5"/>
     <w:rsid w:val="008077B4"/>
     <w:rsid w:val="00810E2A"/>
     <w:rsid w:val="00810FD9"/>
     <w:rsid w:val="00812468"/>
     <w:rsid w:val="00812533"/>
     <w:rsid w:val="00812EEE"/>
     <w:rsid w:val="00813723"/>
     <w:rsid w:val="00813BB2"/>
@@ -15011,50 +15844,51 @@
     <w:rsid w:val="008A6A59"/>
     <w:rsid w:val="008A6C7B"/>
     <w:rsid w:val="008A6CC2"/>
     <w:rsid w:val="008A7196"/>
     <w:rsid w:val="008A7638"/>
     <w:rsid w:val="008B00FB"/>
     <w:rsid w:val="008B07B3"/>
     <w:rsid w:val="008B09E8"/>
     <w:rsid w:val="008B17CB"/>
     <w:rsid w:val="008B18C1"/>
     <w:rsid w:val="008B194A"/>
     <w:rsid w:val="008B1AC3"/>
     <w:rsid w:val="008B1D6B"/>
     <w:rsid w:val="008B34E4"/>
     <w:rsid w:val="008B37A2"/>
     <w:rsid w:val="008B3F46"/>
     <w:rsid w:val="008B3FAD"/>
     <w:rsid w:val="008B422D"/>
     <w:rsid w:val="008B50BB"/>
     <w:rsid w:val="008B54E7"/>
     <w:rsid w:val="008B5E70"/>
     <w:rsid w:val="008B65BE"/>
     <w:rsid w:val="008B66D0"/>
     <w:rsid w:val="008B756A"/>
     <w:rsid w:val="008C04EA"/>
+    <w:rsid w:val="008C18DE"/>
     <w:rsid w:val="008C23EF"/>
     <w:rsid w:val="008C3743"/>
     <w:rsid w:val="008C3AA9"/>
     <w:rsid w:val="008C45F2"/>
     <w:rsid w:val="008C48E6"/>
     <w:rsid w:val="008C49D3"/>
     <w:rsid w:val="008C4AE1"/>
     <w:rsid w:val="008C4E82"/>
     <w:rsid w:val="008C6295"/>
     <w:rsid w:val="008C65C9"/>
     <w:rsid w:val="008C68B0"/>
     <w:rsid w:val="008C71A7"/>
     <w:rsid w:val="008C734B"/>
     <w:rsid w:val="008C7CDA"/>
     <w:rsid w:val="008D01D6"/>
     <w:rsid w:val="008D0452"/>
     <w:rsid w:val="008D14C4"/>
     <w:rsid w:val="008D18D5"/>
     <w:rsid w:val="008D243C"/>
     <w:rsid w:val="008D2BE5"/>
     <w:rsid w:val="008D2ECD"/>
     <w:rsid w:val="008D334E"/>
     <w:rsid w:val="008D35B3"/>
     <w:rsid w:val="008D37CD"/>
     <w:rsid w:val="008D3A1E"/>
@@ -15867,50 +16701,51 @@
     <w:rsid w:val="00C01092"/>
     <w:rsid w:val="00C01FC2"/>
     <w:rsid w:val="00C02512"/>
     <w:rsid w:val="00C030AF"/>
     <w:rsid w:val="00C0344D"/>
     <w:rsid w:val="00C03F19"/>
     <w:rsid w:val="00C04EF3"/>
     <w:rsid w:val="00C053D3"/>
     <w:rsid w:val="00C05E85"/>
     <w:rsid w:val="00C06859"/>
     <w:rsid w:val="00C074AB"/>
     <w:rsid w:val="00C07966"/>
     <w:rsid w:val="00C10066"/>
     <w:rsid w:val="00C1021B"/>
     <w:rsid w:val="00C10D76"/>
     <w:rsid w:val="00C10EDD"/>
     <w:rsid w:val="00C11377"/>
     <w:rsid w:val="00C1180B"/>
     <w:rsid w:val="00C11AF4"/>
     <w:rsid w:val="00C11DF4"/>
     <w:rsid w:val="00C126AD"/>
     <w:rsid w:val="00C12D1F"/>
     <w:rsid w:val="00C12ED4"/>
     <w:rsid w:val="00C13018"/>
     <w:rsid w:val="00C157EC"/>
+    <w:rsid w:val="00C1589A"/>
     <w:rsid w:val="00C1600F"/>
     <w:rsid w:val="00C16CAE"/>
     <w:rsid w:val="00C1785D"/>
     <w:rsid w:val="00C178E1"/>
     <w:rsid w:val="00C17903"/>
     <w:rsid w:val="00C203F1"/>
     <w:rsid w:val="00C20501"/>
     <w:rsid w:val="00C2052D"/>
     <w:rsid w:val="00C20AF7"/>
     <w:rsid w:val="00C212EB"/>
     <w:rsid w:val="00C21501"/>
     <w:rsid w:val="00C21EB0"/>
     <w:rsid w:val="00C21EC4"/>
     <w:rsid w:val="00C21F66"/>
     <w:rsid w:val="00C21FA1"/>
     <w:rsid w:val="00C223CE"/>
     <w:rsid w:val="00C2261E"/>
     <w:rsid w:val="00C2311B"/>
     <w:rsid w:val="00C2356E"/>
     <w:rsid w:val="00C2396F"/>
     <w:rsid w:val="00C23CF5"/>
     <w:rsid w:val="00C2431E"/>
     <w:rsid w:val="00C24D88"/>
     <w:rsid w:val="00C24D95"/>
     <w:rsid w:val="00C25050"/>
@@ -15962,50 +16797,51 @@
     <w:rsid w:val="00C51371"/>
     <w:rsid w:val="00C515C9"/>
     <w:rsid w:val="00C52C9C"/>
     <w:rsid w:val="00C5356D"/>
     <w:rsid w:val="00C5384F"/>
     <w:rsid w:val="00C54254"/>
     <w:rsid w:val="00C546CA"/>
     <w:rsid w:val="00C547F8"/>
     <w:rsid w:val="00C54930"/>
     <w:rsid w:val="00C54C09"/>
     <w:rsid w:val="00C55535"/>
     <w:rsid w:val="00C56927"/>
     <w:rsid w:val="00C57260"/>
     <w:rsid w:val="00C5765C"/>
     <w:rsid w:val="00C57690"/>
     <w:rsid w:val="00C60068"/>
     <w:rsid w:val="00C60792"/>
     <w:rsid w:val="00C61218"/>
     <w:rsid w:val="00C61ECE"/>
     <w:rsid w:val="00C620DB"/>
     <w:rsid w:val="00C624BB"/>
     <w:rsid w:val="00C626DD"/>
     <w:rsid w:val="00C636D1"/>
     <w:rsid w:val="00C641B3"/>
     <w:rsid w:val="00C644E9"/>
+    <w:rsid w:val="00C648D1"/>
     <w:rsid w:val="00C64AD9"/>
     <w:rsid w:val="00C6509B"/>
     <w:rsid w:val="00C650C1"/>
     <w:rsid w:val="00C651AD"/>
     <w:rsid w:val="00C65E78"/>
     <w:rsid w:val="00C6619B"/>
     <w:rsid w:val="00C66721"/>
     <w:rsid w:val="00C67BBF"/>
     <w:rsid w:val="00C70469"/>
     <w:rsid w:val="00C70B1F"/>
     <w:rsid w:val="00C718D9"/>
     <w:rsid w:val="00C71F8B"/>
     <w:rsid w:val="00C721EF"/>
     <w:rsid w:val="00C722EC"/>
     <w:rsid w:val="00C727B9"/>
     <w:rsid w:val="00C72946"/>
     <w:rsid w:val="00C72FDE"/>
     <w:rsid w:val="00C739A8"/>
     <w:rsid w:val="00C7662F"/>
     <w:rsid w:val="00C76B99"/>
     <w:rsid w:val="00C770F4"/>
     <w:rsid w:val="00C776A2"/>
     <w:rsid w:val="00C77ABF"/>
     <w:rsid w:val="00C77B07"/>
     <w:rsid w:val="00C8047D"/>
@@ -16147,50 +16983,51 @@
     <w:rsid w:val="00CE4BBB"/>
     <w:rsid w:val="00CE5460"/>
     <w:rsid w:val="00CE59FD"/>
     <w:rsid w:val="00CE5BB3"/>
     <w:rsid w:val="00CE5BD5"/>
     <w:rsid w:val="00CE5DBB"/>
     <w:rsid w:val="00CE6324"/>
     <w:rsid w:val="00CE6AA4"/>
     <w:rsid w:val="00CE7526"/>
     <w:rsid w:val="00CF041D"/>
     <w:rsid w:val="00CF0768"/>
     <w:rsid w:val="00CF0955"/>
     <w:rsid w:val="00CF0B12"/>
     <w:rsid w:val="00CF12FB"/>
     <w:rsid w:val="00CF1D20"/>
     <w:rsid w:val="00CF22C6"/>
     <w:rsid w:val="00CF2D5E"/>
     <w:rsid w:val="00CF30B7"/>
     <w:rsid w:val="00CF4414"/>
     <w:rsid w:val="00CF4696"/>
     <w:rsid w:val="00CF4797"/>
     <w:rsid w:val="00CF48D0"/>
     <w:rsid w:val="00CF4FCF"/>
     <w:rsid w:val="00CF5BC9"/>
     <w:rsid w:val="00CF6FF7"/>
+    <w:rsid w:val="00CF74C1"/>
     <w:rsid w:val="00CF74F5"/>
     <w:rsid w:val="00CF7FAD"/>
     <w:rsid w:val="00D001BA"/>
     <w:rsid w:val="00D00620"/>
     <w:rsid w:val="00D00D7B"/>
     <w:rsid w:val="00D01289"/>
     <w:rsid w:val="00D01E19"/>
     <w:rsid w:val="00D02DEA"/>
     <w:rsid w:val="00D038A3"/>
     <w:rsid w:val="00D03B0E"/>
     <w:rsid w:val="00D05887"/>
     <w:rsid w:val="00D05A12"/>
     <w:rsid w:val="00D06944"/>
     <w:rsid w:val="00D06A25"/>
     <w:rsid w:val="00D06ACD"/>
     <w:rsid w:val="00D06CE5"/>
     <w:rsid w:val="00D07169"/>
     <w:rsid w:val="00D0773D"/>
     <w:rsid w:val="00D107F8"/>
     <w:rsid w:val="00D10B0C"/>
     <w:rsid w:val="00D11613"/>
     <w:rsid w:val="00D11812"/>
     <w:rsid w:val="00D11AEE"/>
     <w:rsid w:val="00D11CCC"/>
     <w:rsid w:val="00D11CFC"/>
@@ -16203,50 +17040,51 @@
     <w:rsid w:val="00D13129"/>
     <w:rsid w:val="00D131C7"/>
     <w:rsid w:val="00D148F6"/>
     <w:rsid w:val="00D14BE5"/>
     <w:rsid w:val="00D15982"/>
     <w:rsid w:val="00D15D3A"/>
     <w:rsid w:val="00D17291"/>
     <w:rsid w:val="00D173DB"/>
     <w:rsid w:val="00D17903"/>
     <w:rsid w:val="00D2058F"/>
     <w:rsid w:val="00D2123A"/>
     <w:rsid w:val="00D2160B"/>
     <w:rsid w:val="00D217A9"/>
     <w:rsid w:val="00D21A84"/>
     <w:rsid w:val="00D22294"/>
     <w:rsid w:val="00D225FF"/>
     <w:rsid w:val="00D2304E"/>
     <w:rsid w:val="00D23D9A"/>
     <w:rsid w:val="00D240B9"/>
     <w:rsid w:val="00D24294"/>
     <w:rsid w:val="00D246D1"/>
     <w:rsid w:val="00D25CA1"/>
     <w:rsid w:val="00D2600E"/>
     <w:rsid w:val="00D26B50"/>
     <w:rsid w:val="00D27B6E"/>
+    <w:rsid w:val="00D31282"/>
     <w:rsid w:val="00D32733"/>
     <w:rsid w:val="00D32D2F"/>
     <w:rsid w:val="00D3345A"/>
     <w:rsid w:val="00D33EE6"/>
     <w:rsid w:val="00D340FA"/>
     <w:rsid w:val="00D34433"/>
     <w:rsid w:val="00D34468"/>
     <w:rsid w:val="00D34E7B"/>
     <w:rsid w:val="00D34EAE"/>
     <w:rsid w:val="00D35049"/>
     <w:rsid w:val="00D355FF"/>
     <w:rsid w:val="00D358E4"/>
     <w:rsid w:val="00D3617E"/>
     <w:rsid w:val="00D36235"/>
     <w:rsid w:val="00D364BA"/>
     <w:rsid w:val="00D36F76"/>
     <w:rsid w:val="00D3782D"/>
     <w:rsid w:val="00D401D6"/>
     <w:rsid w:val="00D40310"/>
     <w:rsid w:val="00D41DCD"/>
     <w:rsid w:val="00D42365"/>
     <w:rsid w:val="00D42ACF"/>
     <w:rsid w:val="00D431FC"/>
     <w:rsid w:val="00D43FE6"/>
     <w:rsid w:val="00D4471A"/>
@@ -16585,50 +17423,51 @@
     <w:rsid w:val="00EA6234"/>
     <w:rsid w:val="00EA6457"/>
     <w:rsid w:val="00EA6751"/>
     <w:rsid w:val="00EA68C8"/>
     <w:rsid w:val="00EA771F"/>
     <w:rsid w:val="00EB0264"/>
     <w:rsid w:val="00EB0540"/>
     <w:rsid w:val="00EB0F49"/>
     <w:rsid w:val="00EB268E"/>
     <w:rsid w:val="00EB2717"/>
     <w:rsid w:val="00EB3512"/>
     <w:rsid w:val="00EB36C3"/>
     <w:rsid w:val="00EB3CC0"/>
     <w:rsid w:val="00EB40E7"/>
     <w:rsid w:val="00EB4415"/>
     <w:rsid w:val="00EB52D4"/>
     <w:rsid w:val="00EB5A50"/>
     <w:rsid w:val="00EB5A6D"/>
     <w:rsid w:val="00EB5B9D"/>
     <w:rsid w:val="00EB6133"/>
     <w:rsid w:val="00EB6372"/>
     <w:rsid w:val="00EB6C57"/>
     <w:rsid w:val="00EB6F77"/>
     <w:rsid w:val="00EB7736"/>
     <w:rsid w:val="00EC008D"/>
+    <w:rsid w:val="00EC0E66"/>
     <w:rsid w:val="00EC24A9"/>
     <w:rsid w:val="00EC2750"/>
     <w:rsid w:val="00EC29F9"/>
     <w:rsid w:val="00EC2C3F"/>
     <w:rsid w:val="00EC319C"/>
     <w:rsid w:val="00EC3218"/>
     <w:rsid w:val="00EC3F2A"/>
     <w:rsid w:val="00EC436F"/>
     <w:rsid w:val="00EC510A"/>
     <w:rsid w:val="00EC6648"/>
     <w:rsid w:val="00EC7409"/>
     <w:rsid w:val="00ED12AE"/>
     <w:rsid w:val="00ED1530"/>
     <w:rsid w:val="00ED19F8"/>
     <w:rsid w:val="00ED1A43"/>
     <w:rsid w:val="00ED1FE5"/>
     <w:rsid w:val="00ED267E"/>
     <w:rsid w:val="00ED48C0"/>
     <w:rsid w:val="00ED48C1"/>
     <w:rsid w:val="00ED5162"/>
     <w:rsid w:val="00ED53BC"/>
     <w:rsid w:val="00ED5663"/>
     <w:rsid w:val="00EE0475"/>
     <w:rsid w:val="00EE16B6"/>
     <w:rsid w:val="00EE1F32"/>
@@ -16678,50 +17517,51 @@
     <w:rsid w:val="00F06FDE"/>
     <w:rsid w:val="00F06FE4"/>
     <w:rsid w:val="00F07097"/>
     <w:rsid w:val="00F0732C"/>
     <w:rsid w:val="00F07724"/>
     <w:rsid w:val="00F07938"/>
     <w:rsid w:val="00F10572"/>
     <w:rsid w:val="00F10957"/>
     <w:rsid w:val="00F10B85"/>
     <w:rsid w:val="00F1101D"/>
     <w:rsid w:val="00F11901"/>
     <w:rsid w:val="00F1224A"/>
     <w:rsid w:val="00F13336"/>
     <w:rsid w:val="00F135F3"/>
     <w:rsid w:val="00F15063"/>
     <w:rsid w:val="00F15176"/>
     <w:rsid w:val="00F15992"/>
     <w:rsid w:val="00F167D3"/>
     <w:rsid w:val="00F1794D"/>
     <w:rsid w:val="00F200D0"/>
     <w:rsid w:val="00F204FA"/>
     <w:rsid w:val="00F2093E"/>
     <w:rsid w:val="00F21653"/>
     <w:rsid w:val="00F21BD8"/>
     <w:rsid w:val="00F21E76"/>
+    <w:rsid w:val="00F21F85"/>
     <w:rsid w:val="00F222D6"/>
     <w:rsid w:val="00F227E8"/>
     <w:rsid w:val="00F22AA9"/>
     <w:rsid w:val="00F22B83"/>
     <w:rsid w:val="00F22D3B"/>
     <w:rsid w:val="00F2457E"/>
     <w:rsid w:val="00F24CAC"/>
     <w:rsid w:val="00F24CE3"/>
     <w:rsid w:val="00F25FDD"/>
     <w:rsid w:val="00F262FC"/>
     <w:rsid w:val="00F26C2D"/>
     <w:rsid w:val="00F27447"/>
     <w:rsid w:val="00F278C5"/>
     <w:rsid w:val="00F27E6E"/>
     <w:rsid w:val="00F31228"/>
     <w:rsid w:val="00F31893"/>
     <w:rsid w:val="00F31E83"/>
     <w:rsid w:val="00F32224"/>
     <w:rsid w:val="00F32F8D"/>
     <w:rsid w:val="00F3322A"/>
     <w:rsid w:val="00F345CC"/>
     <w:rsid w:val="00F34769"/>
     <w:rsid w:val="00F34A7B"/>
     <w:rsid w:val="00F34CE9"/>
     <w:rsid w:val="00F350FF"/>
@@ -16753,71 +17593,73 @@
     <w:rsid w:val="00F57FB6"/>
     <w:rsid w:val="00F60443"/>
     <w:rsid w:val="00F604E1"/>
     <w:rsid w:val="00F60AC5"/>
     <w:rsid w:val="00F62B41"/>
     <w:rsid w:val="00F63221"/>
     <w:rsid w:val="00F632D8"/>
     <w:rsid w:val="00F6345A"/>
     <w:rsid w:val="00F639DF"/>
     <w:rsid w:val="00F646D2"/>
     <w:rsid w:val="00F64F9B"/>
     <w:rsid w:val="00F651B3"/>
     <w:rsid w:val="00F655D2"/>
     <w:rsid w:val="00F65C10"/>
     <w:rsid w:val="00F660A2"/>
     <w:rsid w:val="00F660AC"/>
     <w:rsid w:val="00F664FA"/>
     <w:rsid w:val="00F66A3D"/>
     <w:rsid w:val="00F66E28"/>
     <w:rsid w:val="00F672B4"/>
     <w:rsid w:val="00F67857"/>
     <w:rsid w:val="00F705A7"/>
     <w:rsid w:val="00F70E2E"/>
     <w:rsid w:val="00F71325"/>
     <w:rsid w:val="00F71A15"/>
+    <w:rsid w:val="00F71A1A"/>
     <w:rsid w:val="00F71B22"/>
     <w:rsid w:val="00F73583"/>
     <w:rsid w:val="00F73B83"/>
     <w:rsid w:val="00F7544E"/>
     <w:rsid w:val="00F75473"/>
     <w:rsid w:val="00F761DE"/>
     <w:rsid w:val="00F772F5"/>
     <w:rsid w:val="00F804FF"/>
     <w:rsid w:val="00F808C2"/>
     <w:rsid w:val="00F81A72"/>
     <w:rsid w:val="00F81D21"/>
     <w:rsid w:val="00F81DAD"/>
     <w:rsid w:val="00F82979"/>
     <w:rsid w:val="00F844D0"/>
     <w:rsid w:val="00F84BF6"/>
     <w:rsid w:val="00F84D42"/>
     <w:rsid w:val="00F85305"/>
     <w:rsid w:val="00F85E14"/>
     <w:rsid w:val="00F86AA5"/>
     <w:rsid w:val="00F8786B"/>
     <w:rsid w:val="00F87AEB"/>
+    <w:rsid w:val="00F87CE9"/>
     <w:rsid w:val="00F913E3"/>
     <w:rsid w:val="00F91751"/>
     <w:rsid w:val="00F917C8"/>
     <w:rsid w:val="00F929B4"/>
     <w:rsid w:val="00F939B1"/>
     <w:rsid w:val="00F947A8"/>
     <w:rsid w:val="00F9561C"/>
     <w:rsid w:val="00F95BF0"/>
     <w:rsid w:val="00F9620C"/>
     <w:rsid w:val="00F96537"/>
     <w:rsid w:val="00F96631"/>
     <w:rsid w:val="00F96C52"/>
     <w:rsid w:val="00F97722"/>
     <w:rsid w:val="00F97DD6"/>
     <w:rsid w:val="00FA2877"/>
     <w:rsid w:val="00FA31EC"/>
     <w:rsid w:val="00FA3587"/>
     <w:rsid w:val="00FA3DA1"/>
     <w:rsid w:val="00FA3DB9"/>
     <w:rsid w:val="00FA4A0A"/>
     <w:rsid w:val="00FA585F"/>
     <w:rsid w:val="00FA678A"/>
     <w:rsid w:val="00FA6D5C"/>
     <w:rsid w:val="00FB0E4D"/>
     <w:rsid w:val="00FB283C"/>
@@ -16844,98 +17686,99 @@
     <w:rsid w:val="00FD239B"/>
     <w:rsid w:val="00FD2A78"/>
     <w:rsid w:val="00FD2C09"/>
     <w:rsid w:val="00FD3A17"/>
     <w:rsid w:val="00FD43FD"/>
     <w:rsid w:val="00FD45C7"/>
     <w:rsid w:val="00FD4AC6"/>
     <w:rsid w:val="00FD57B1"/>
     <w:rsid w:val="00FD6B3B"/>
     <w:rsid w:val="00FD6DCA"/>
     <w:rsid w:val="00FD6FAA"/>
     <w:rsid w:val="00FD73EE"/>
     <w:rsid w:val="00FD7A82"/>
     <w:rsid w:val="00FE028A"/>
     <w:rsid w:val="00FE2488"/>
     <w:rsid w:val="00FE30DD"/>
     <w:rsid w:val="00FE33B6"/>
     <w:rsid w:val="00FE4139"/>
     <w:rsid w:val="00FE48B6"/>
     <w:rsid w:val="00FE61F4"/>
     <w:rsid w:val="00FE6837"/>
     <w:rsid w:val="00FE70EB"/>
     <w:rsid w:val="00FE77B9"/>
     <w:rsid w:val="00FF0B7E"/>
     <w:rsid w:val="00FF1805"/>
+    <w:rsid w:val="00FF2045"/>
     <w:rsid w:val="00FF2088"/>
     <w:rsid w:val="00FF3157"/>
     <w:rsid w:val="00FF36FC"/>
     <w:rsid w:val="00FF3A4D"/>
     <w:rsid w:val="00FF3CD3"/>
     <w:rsid w:val="00FF4109"/>
     <w:rsid w:val="00FF4451"/>
     <w:rsid w:val="00FF45DF"/>
     <w:rsid w:val="00FF4A73"/>
     <w:rsid w:val="00FF4D48"/>
     <w:rsid w:val="00FF5190"/>
     <w:rsid w:val="00FF5729"/>
     <w:rsid w:val="00FF580D"/>
     <w:rsid w:val="00FF5B81"/>
     <w:rsid w:val="00FF65E6"/>
     <w:rsid w:val="00FF6CE9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="30721"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3C2E44AE"/>
   <w15:docId w15:val="{4978132B-95E7-43CE-BBD6-C384E552E0B1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -21388,55 +22231,79 @@
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00853A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A13BCE"/>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid125">
+    <w:name w:val="Table Grid125"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="008C18DE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="3478468">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="4485269">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -25333,50 +26200,133 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1117022748">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1123883928">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="418792668">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1836190221">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="240726152">
+                  <w:marLeft w:val="-225"/>
+                  <w:marRight w:val="-225"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1650011843">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="750"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1732801700">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1129469656">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1132938941">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -25827,50 +26777,133 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1264145623">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1265847920">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1353843295">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="415250014">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1791241316">
+                  <w:marLeft w:val="-225"/>
+                  <w:marRight w:val="-225"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="846332354">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="750"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1622227536">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1269503981">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1270819755">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -27881,50 +28914,133 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1789276658">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1789858906">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="656761791">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1370448984">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2134707650">
+                  <w:marLeft w:val="-225"/>
+                  <w:marRight w:val="-225"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1640762676">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="750"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1171142072">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1790080774">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1790127376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -28166,50 +29282,133 @@
     <w:div w:id="1833449555">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1835562045">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="1837501408">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1014497692">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1600718123">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="20400275">
+                  <w:marLeft w:val="-225"/>
+                  <w:marRight w:val="-225"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1259946556">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="750"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="475996094">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="1842813649">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1843429033">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -29514,68 +30713,68 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{056A0EB6-404A-4550-AE5E-671F96693C99}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1096</Words>
-  <Characters>6248</Characters>
+  <Words>1151</Words>
+  <Characters>6567</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>14</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ESANI</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7330</CharactersWithSpaces>
+  <CharactersWithSpaces>7703</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Linda Millar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>English</dc:language>
 </cp:coreProperties>
 </file>