--- v0 (2025-10-19)
+++ v1 (2026-01-22)
@@ -6,51 +6,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="56DDC114" w14:textId="5BD6A31C" w:rsidR="00D15DCC" w:rsidRPr="00204AFA" w:rsidRDefault="0023334B" w:rsidP="00204AFA">
       <w:pPr>
         <w:spacing w:before="3" w:line="170" w:lineRule="exact"/>
         <w:ind w:right="261"/>
         <w:rPr>
           <w:rFonts w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00204AFA">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00204AFA">
@@ -661,51 +661,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>o: 028 6772</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1511</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC11B" w14:textId="0A17BF54" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00A20AA6" w:rsidP="008A0270">
+    <w:p w14:paraId="56DDC11B" w14:textId="38438C1C" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00A20AA6" w:rsidP="008A0270">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:ind w:left="2272" w:right="261" w:firstLine="608"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">                                              </w:t>
       </w:r>
       <w:r w:rsidR="00E9538A">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">                              </w:t>
       </w:r>
       <w:r>
@@ -727,84 +727,85 @@
       <w:r w:rsidR="00E9538A">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>PR</w:t>
       </w:r>
       <w:r w:rsidR="0051286B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">INCIPAL: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000F0C9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Mr.</w:t>
+      </w:r>
       <w:r w:rsidR="0051286B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Mr</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A0270">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Michael Grew</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC11C" w14:textId="348E1AE5" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC11C" w14:textId="52D921F1" w:rsidR="00D15DCC" w:rsidRPr="000F0C9B" w:rsidRDefault="0016206E" w:rsidP="000F0C9B">
       <w:pPr>
         <w:spacing w:line="250" w:lineRule="exact"/>
         <w:ind w:left="112" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>E-</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r w:rsidRPr="00B55112">
           <w:rPr>
             <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
             <w:b/>
             <w:bCs/>
@@ -883,50 +884,58 @@
           <w:rPr>
             <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
             <w:b/>
             <w:bCs/>
             <w:spacing w:val="-3"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="00B55112">
           <w:rPr>
             <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>sch.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A20AA6">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
+      <w:r w:rsidR="00024F49">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
       <w:r w:rsidR="00A20AA6" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00A20AA6" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>HAIR</w:t>
       </w:r>
       <w:r w:rsidR="00A20AA6" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1011,58 +1020,58 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00A20AA6" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00A20AA6" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00770904">
-[...6 lines deleted...]
-        <w:t>Pending</w:t>
+      <w:r w:rsidR="000F0C9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Mrs. Deirdre Gilchrist</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56DDC11D" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
       <w:pPr>
         <w:spacing w:before="4" w:line="120" w:lineRule="exact"/>
         <w:ind w:right="261"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56DDC11E" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00A20AA6" w:rsidRDefault="00E35F78" w:rsidP="00E9538A">
       <w:pPr>
         <w:spacing w:line="362" w:lineRule="auto"/>
         <w:ind w:left="112" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
@@ -1153,72 +1162,72 @@
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns="">
+          <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="3CEB46F8" id="Group 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:42.75pt;margin-top:4.6pt;width:510.65pt;height:30.85pt;z-index:-251657728;mso-position-horizontal-relative:page" coordorigin="853,706" coordsize="10213,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZcFoo9wIAANoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1pUnaGHWLoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyAOZVLk4eElZxe7riVbYWyjZE6To5gSIbkqGlnl9Mfq&#10;5tMpJdYxWbBWSZHTR2Hpxfn7d2e9zkSqatUWwhBwIm3W65zWzuksiiyvRcfskdJCgrJUpmMOjqaK&#10;CsN68N61URrHi6hXptBGcWEtvL0KSnru/Zel4O57WVrhSJtTwOb80/jnGp/R+RnLKsN03fABBnsD&#10;io41EoLuXV0xx8jGNC9cdQ03yqrSHXHVRaosGy58DpBNEh9kc2vURvtcqqyv9J4moPaApze75d+2&#10;t0Y/6HsT0IN4p/hPC7xEva6yqR7PVTAm6/6rKqCebOOUT3xXmg5dQEpk5/l93PMrdo5weLmYnc7T&#10;+ZwSDrrjZXKynIcC8BqqhNdO58eUgPIkXoya6+FyEqcJKPFqirqIZSGmxzngwrpDI9knruz/cfVQ&#10;My18CSxycW9IU+R0RolkHaR/Y4TA5iQ+EYwNRiObdkrlRINmFhj/J4kv2BiJfJULlvGNdbdC+Vqw&#10;7Z11ocMLkHyFiwH5Cqah7Fpo9o+fSEwgFH6HedgbJaPRh4isYtKTEHnwObpKRyvvKknixeJvzqB6&#10;ISI6S6fOoJbViJDVI2i+kwNqkAjDjRL7XtPKYrOsAN3YZOABjDDDV2xDX/mBH23D7xDCwKo4XBKG&#10;ElgS60CKZg6RYQgUSQ/rzrckvunUVqyU17mD9ocoT9pWTq2GMk5yCHq4giF8j+/DItpJbaW6adrW&#10;F6KVCGYJo+XZsaptClQiHGuq9WVryJbhAvSfYXiemcGikYV3VgtWXA+yY00bZAjeArswaqF1w5yt&#10;VfEIbWxUWKvwNwBCrcxvSnpYqTm1vzbMCEraLxLmcJnMZriD/WE2P0nhYKaa9VTDJAdXOXUUSo/i&#10;pQt7e6NNU9UQKfHpSvUZdlDZYKN7fAHVcIBV4CW/QEF6tqGnZ2/19Jd0/gcAAP//AwBQSwMEFAAG&#10;AAgAAAAhAP82bQvfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAUhO+F/oflCb3V3Vhi&#10;NeZFRNqepKAWSm/P5JkEs7shuybx33c9tcdhhplv0vWoG9Fz52prEKKpAsEmt0VtSoSv4/vzAoTz&#10;ZApqrGGEGztYZ48PKSWFHcye+4MvRSgxLiGEyvs2kdLlFWtyU9uyCd7Zdpp8kF0pi46GUK4bOVNq&#10;LjXVJixU1PK24vxyuGqEj4GGzUv01u8u5+3t5xh/fu8iRnyajJsVCM+j/wvDHT+gQxaYTvZqCica&#10;hEUchyTCcgbibkdqHq6cEF7VEmSWyv8Hsl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;WXBaKPcCAADaBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA/zZtC98AAAAIAQAADwAAAAAAAAAAAAAAAABRBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;">
                 <v:shape id="Freeform 5" o:spid="_x0000_s1027" style="position:absolute;left:853;top:706;width:10213;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10213,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDg5XXgwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RisIw&#10;FETfhf2HcBf2TdOVVaSalkVcEMSHtn7Apbm2xeamNrF2/94Igo/DzJxhNuloWjFQ7xrLCr5nEQji&#10;0uqGKwWn4m+6AuE8ssbWMin4Jwdp8jHZYKztnTMacl+JAGEXo4La+y6W0pU1GXQz2xEH72x7gz7I&#10;vpK6x3uAm1bOo2gpDTYcFmrsaFtTeclvRkFW5LeFPgxXpqjMjr4Zd8U+U+rrc/xdg/A0+nf41d5r&#10;BT/wvBJugEweAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAODldeDBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l10213,e" filled="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10213,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC11F" w14:textId="77777777" w:rsidR="0049798E" w:rsidRDefault="0049798E" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC11F" w14:textId="77777777" w:rsidR="0049798E" w:rsidRDefault="0049798E" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="exact"/>
         <w:ind w:left="112" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
@@ -1563,64 +1572,64 @@
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ONS.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC120" w14:textId="77777777" w:rsidR="0049798E" w:rsidRDefault="0049798E" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC120" w14:textId="77777777" w:rsidR="0049798E" w:rsidRDefault="0049798E" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="exact"/>
         <w:ind w:left="112" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC121" w14:textId="2CABDBE3" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00B32B62" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC121" w14:textId="2CABDBE3" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00B32B62" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="exact"/>
         <w:ind w:left="112" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:spacing w:val="-1"/>
@@ -2169,63 +2178,65 @@
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
         </w:rPr>
         <w:t>Gove</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
         </w:rPr>
         <w:t>nor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC122" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC122" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:before="2" w:line="120" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC123" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC123" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC124" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00377392">
+    <w:p w14:paraId="56DDC124" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="112" w:right="261" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
@@ -3343,58 +3354,58 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>n Ire</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>and.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC125" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00377392">
+    <w:p w14:paraId="56DDC125" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:before="10" w:line="200" w:lineRule="exact"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC126" w14:textId="1B5F2E0F" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00377392">
+    <w:p w14:paraId="56DDC126" w14:textId="1B5F2E0F" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="252" w:lineRule="exact"/>
         <w:ind w:left="112" w:right="261" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>riority</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -4163,57 +4174,58 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>and security</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> f</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ctors).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC127" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC127" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:before="2" w:line="200" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC128" w14:textId="5F2BFE6F" w:rsidR="00D15DCC" w:rsidRDefault="0016206E" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC128" w14:textId="5F2BFE6F" w:rsidR="00D15DCC" w:rsidRDefault="0016206E" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>AD</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>MIS</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
@@ -4311,229 +4323,181 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E1359E5" w14:textId="77777777" w:rsidR="00377392" w:rsidRPr="00BA74AB" w:rsidRDefault="00377392" w:rsidP="00377392">
+    <w:p w14:paraId="5B185F5D" w14:textId="77777777" w:rsidR="000D6D12" w:rsidRDefault="000D6D12" w:rsidP="00533651">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E1359E5" w14:textId="1DE7130C" w:rsidR="00377392" w:rsidRDefault="000D6D12" w:rsidP="000D6D12">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk178776317"/>
       <w:bookmarkStart w:id="1" w:name="_Hlk178776155"/>
+      <w:r w:rsidRPr="000D6D12">
+        <w:t>During the admissions procedure when applying the criteria punctual applications will be considered before late applications are considered.   The application procedure opens on 7 January 2026 at 12noon (GMT) and an application submitted by the closing date of 21 January 2026 at 12noon (GMT) will be treated as a punctual application.  An application received after 12noon (GMT) on 21 January 2026 and up to 4 pm on 26 January 2026 will be treated as a late application, this is also the last date and time for processing a change of preference in exceptional circumstances.  After 4 pm on 26 January 2026 no applications will be processed until after the close of procedure on 23 March 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="442E1FAE" w14:textId="77777777" w:rsidR="000D6D12" w:rsidRPr="00BA74AB" w:rsidRDefault="000D6D12" w:rsidP="00533651">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20334A56" w14:textId="77777777" w:rsidR="00377392" w:rsidRDefault="00377392" w:rsidP="00533651">
+      <w:pPr>
+        <w:ind w:left="142" w:right="261"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk178778730"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk178776817"/>
       <w:r w:rsidRPr="00BA74AB">
-        <w:t> </w:t>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>COMPULSORY SCHOOL AGE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="076C7026" w14:textId="77777777" w:rsidR="00377392" w:rsidRPr="00BA74AB" w:rsidRDefault="00377392" w:rsidP="00377392">
+    <w:p w14:paraId="6AB790C5" w14:textId="77777777" w:rsidR="00377392" w:rsidRPr="00BA74AB" w:rsidRDefault="00377392" w:rsidP="00533651">
       <w:pPr>
         <w:ind w:left="142" w:right="261"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk178778717"/>
-[...46 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="66171FFE" w14:textId="77777777" w:rsidR="00377392" w:rsidRPr="00BA74AB" w:rsidRDefault="00377392" w:rsidP="00377392">
+    <w:p w14:paraId="0394F440" w14:textId="1E90360B" w:rsidR="00377392" w:rsidRDefault="00EB0B8F" w:rsidP="00533651">
       <w:pPr>
         <w:ind w:left="142" w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk178776817"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="00EB0B8F">
+        <w:t>Any child who reaches their 4th Birthday on or before 1st July 2026 is of Compulsory School Age. Under the School Age (NI) Act which became law in Northern Ireland in April 2022, ‘compulsory school age’ also includes those children who deferred commencing Primary 1 in September 2025 as defined by the new School Age (NI) Act (both groups to be treated equally).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20334A56" w14:textId="77777777" w:rsidR="00377392" w:rsidRDefault="00377392" w:rsidP="00377392">
+    <w:p w14:paraId="529AE382" w14:textId="77777777" w:rsidR="00EB0B8F" w:rsidRPr="00BA74AB" w:rsidRDefault="00EB0B8F" w:rsidP="00533651">
       <w:pPr>
         <w:ind w:left="142" w:right="261"/>
-        <w:rPr>
-[...15 lines deleted...]
-        <w:ind w:left="142" w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F39B301" w14:textId="77777777" w:rsidR="00377392" w:rsidRPr="00BA74AB" w:rsidRDefault="00377392" w:rsidP="00377392">
+    <w:p w14:paraId="046AE849" w14:textId="77777777" w:rsidR="00377392" w:rsidRPr="00BA74AB" w:rsidRDefault="00377392" w:rsidP="00533651">
       <w:pPr>
         <w:ind w:left="142" w:right="261"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA74AB">
-        <w:t>Any child who reaches their 4th Birthday on or before 1</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> July 2025 is of Compulsory School Age. Under the School Age (NI) Act which became law in Northern Ireland in April 2022, ‘compulsory school age’ also includes those children who deferred commencing Primary 1 in September 2024 as defined by the new School Age (NI) Act (both groups to be treated equally).</w:t>
+        <w:t>Priority will be given to children resident in Northern Ireland at the time of their proposed admission to the school before those who are not so resident.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0394F440" w14:textId="77777777" w:rsidR="00377392" w:rsidRPr="00BA74AB" w:rsidRDefault="00377392" w:rsidP="00377392">
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="145DF25E" w14:textId="77777777" w:rsidR="00377392" w:rsidRDefault="00377392" w:rsidP="00533651">
       <w:pPr>
         <w:ind w:left="142" w:right="261"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA74AB">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046AE849" w14:textId="77777777" w:rsidR="00377392" w:rsidRPr="00BA74AB" w:rsidRDefault="00377392" w:rsidP="00377392">
-[...18 lines deleted...]
-    <w:p w14:paraId="7327BC50" w14:textId="77777777" w:rsidR="00377392" w:rsidRPr="00C5138E" w:rsidRDefault="00377392" w:rsidP="00377392">
+    <w:p w14:paraId="7327BC50" w14:textId="77777777" w:rsidR="00377392" w:rsidRPr="00C5138E" w:rsidRDefault="00377392" w:rsidP="00533651">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:ind w:left="142" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C5138E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>In the event of the school being oversubscribed the Board of Governors will apply the following criteria. The criteria are listed in order of priority.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="56DDC129" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC129" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:before="13" w:line="200" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC12A" w14:textId="1F4301E6" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC12A" w14:textId="6C54A539" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="688"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>hildren</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
@@ -4764,57 +4728,50 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>A</w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>gha</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>urcher</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="11"/>
@@ -5035,51 +4992,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>sc</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ool.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC12B" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC12B" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="688"/>
           <w:tab w:val="left" w:pos="6379"/>
         </w:tabs>
         <w:spacing w:line="248" w:lineRule="exact"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
@@ -5189,57 +5146,58 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">other </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>eas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC12C" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC12C" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:before="12" w:line="240" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC12D" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC12D" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="112" w:right="261" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
@@ -6311,57 +6269,58 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>c th</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="001D6CF1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>roughfare using Google Maps.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC12E" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC12E" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:before="11" w:line="240" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC12F" w14:textId="0E04AA65" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0041016D" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC12F" w14:textId="0E04AA65" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0041016D" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="688"/>
         </w:tabs>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -6595,51 +6554,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>e s</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>hool.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC130" w14:textId="68ACA015" w:rsidR="00D15DCC" w:rsidRDefault="0041016D" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC130" w14:textId="68ACA015" w:rsidR="00D15DCC" w:rsidRDefault="0041016D" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="688"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="exact"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
@@ -6756,99 +6715,99 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>sna</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>kea.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41862311" w14:textId="4D662836" w:rsidR="00E13BF6" w:rsidRPr="00B55112" w:rsidRDefault="00E13BF6" w:rsidP="00E9538A">
+    <w:p w14:paraId="41862311" w14:textId="4D662836" w:rsidR="00E13BF6" w:rsidRPr="00B55112" w:rsidRDefault="00E13BF6" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="688"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="exact"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Children</w:t>
       </w:r>
       <w:r w:rsidR="0004693C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> who are a child looked after (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>LA</w:t>
       </w:r>
       <w:r w:rsidR="0004693C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC132" w14:textId="75585160" w:rsidR="00D15DCC" w:rsidRDefault="0041016D" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC132" w14:textId="75585160" w:rsidR="00D15DCC" w:rsidRDefault="0041016D" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="688"/>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="exact"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
@@ -6861,57 +6820,58 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>pi</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>s.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57013674" w14:textId="77777777" w:rsidR="00C225B2" w:rsidRPr="00B55112" w:rsidRDefault="00C225B2" w:rsidP="00E9538A">
+    <w:p w14:paraId="57013674" w14:textId="77777777" w:rsidR="00C225B2" w:rsidRPr="00B55112" w:rsidRDefault="00C225B2" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:before="11" w:line="240" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC134" w14:textId="370F282D" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00DB07AA" w:rsidP="00DB07AA">
+    <w:p w14:paraId="56DDC134" w14:textId="370F282D" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00DB07AA" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>YE</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
@@ -7136,63 +7096,65 @@
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>YE</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="0016206E" w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC135" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC135" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRDefault="00D15DCC" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:before="2" w:line="120" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC136" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00B55112" w:rsidRDefault="00A20AA6" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC136" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00B55112" w:rsidRDefault="00A20AA6" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:before="2" w:line="120" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F4FF82C" w14:textId="48A8AEB9" w:rsidR="00DB07AA" w:rsidRDefault="0016206E" w:rsidP="00DB07AA">
+    <w:p w14:paraId="3F4FF82C" w14:textId="48A8AEB9" w:rsidR="00DB07AA" w:rsidRDefault="0016206E" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="112" w:right="261" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">hildren </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
@@ -7464,253 +7426,255 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">s for </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ar 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A43B80A" w14:textId="77777777" w:rsidR="00BB3724" w:rsidRDefault="00BB3724" w:rsidP="00DB07AA">
+    <w:p w14:paraId="0A43B80A" w14:textId="77777777" w:rsidR="00BB3724" w:rsidRDefault="00BB3724" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="112" w:right="261" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC139" w14:textId="1953CF9A" w:rsidR="00A20AA6" w:rsidRPr="00DB07AA" w:rsidRDefault="00A20AA6" w:rsidP="00DB07AA">
+    <w:p w14:paraId="56DDC139" w14:textId="1953CF9A" w:rsidR="00A20AA6" w:rsidRPr="00DB07AA" w:rsidRDefault="00A20AA6" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="112" w:right="261" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5432">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DUTY TO VERIFY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC13A" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00BD5432" w:rsidRDefault="00A20AA6" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC13A" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00BD5432" w:rsidRDefault="00A20AA6" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="112" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC13B" w14:textId="244E0C9B" w:rsidR="00A20AA6" w:rsidRPr="00BD5432" w:rsidRDefault="00A20AA6" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC13B" w14:textId="244E0C9B" w:rsidR="00A20AA6" w:rsidRPr="00BD5432" w:rsidRDefault="00A20AA6" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="112" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5432">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>The Board of Governors reserves the right to require such supplementary evidence as it may determine to support or verify inf</w:t>
       </w:r>
       <w:r w:rsidR="00050EAB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ormation on any application</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD5432">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC13C" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00BD5432" w:rsidRDefault="00A20AA6" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC13C" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00BD5432" w:rsidRDefault="00A20AA6" w:rsidP="00533651">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="112" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5432">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC13D" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00BD5432" w:rsidRDefault="00A20AA6" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC13D" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00BD5432" w:rsidRDefault="00A20AA6" w:rsidP="00533651">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="112" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5432">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">If the requested evidence is not provided to the Board of Governors by the deadline given, this will result in the withdrawal of an offer of a place. Similarly, if information is supplied which appears to be false or misleading in any material way, the offer of a place will be withdrawn. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC143" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRDefault="00A20AA6" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC143" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRDefault="00A20AA6" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:ind w:left="112" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC144" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00BD5432" w:rsidRDefault="00A20AA6" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC144" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00BD5432" w:rsidRDefault="00A20AA6" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:ind w:left="112" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5432">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>WAITING LIST POLICY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC145" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00BD5432" w:rsidRDefault="00A20AA6" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC145" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00BD5432" w:rsidRDefault="00A20AA6" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:ind w:left="112" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC146" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00BD5432" w:rsidRDefault="00A20AA6" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC146" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00BD5432" w:rsidRDefault="00A20AA6" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:ind w:left="112" w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5432">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>The school does not operate a Waiting List Policy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC147" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC147" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRDefault="00D15DCC" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC148" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00B55112" w:rsidRDefault="00A20AA6" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC148" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00B55112" w:rsidRDefault="00A20AA6" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC149" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC149" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>AD</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>MIS</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
@@ -7824,63 +7788,65 @@
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC14A" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC14A" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRDefault="00D15DCC" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:before="4" w:line="120" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC14B" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00B55112" w:rsidRDefault="00A20AA6" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC14B" w14:textId="77777777" w:rsidR="00A20AA6" w:rsidRPr="00B55112" w:rsidRDefault="00A20AA6" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:before="4" w:line="120" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC14C" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC14C" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="252" w:lineRule="exact"/>
         <w:ind w:left="112" w:right="261" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -9141,64 +9107,66 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>eland.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC14D" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC14D" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC14E" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC14E" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="688"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
@@ -9684,57 +9652,58 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ourc</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>s.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC14F" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC14F" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:before="7" w:line="240" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C231CD9" w14:textId="396C5FFD" w:rsidR="00E10083" w:rsidRDefault="0016206E" w:rsidP="00B23FD1">
+    <w:p w14:paraId="0C231CD9" w14:textId="22FAD9F7" w:rsidR="00E10083" w:rsidRDefault="0016206E" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="112" w:right="261" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>If there are</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
@@ -10025,298 +9994,166 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55112">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DDC151" w14:textId="201C951F" w:rsidR="00A20AA6" w:rsidRPr="00E10083" w:rsidRDefault="00A20AA6" w:rsidP="00B23FD1">
+    <w:p w14:paraId="56DDC151" w14:textId="201C951F" w:rsidR="00A20AA6" w:rsidRPr="00E10083" w:rsidRDefault="00A20AA6" w:rsidP="00533651">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:ind w:right="0" w:hanging="2160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DDC152" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC152" w14:textId="3B09CEC0" w:rsidR="00D15DCC" w:rsidRDefault="000D6D12" w:rsidP="00533651">
       <w:pPr>
         <w:spacing w:before="15" w:line="240" w:lineRule="exact"/>
         <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D6D12">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>APPLICATIONS &amp; ADMISSIONS TO PRIMARY 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F44E4E" w14:textId="77777777" w:rsidR="000D6D12" w:rsidRPr="000D6D12" w:rsidRDefault="000D6D12" w:rsidP="00533651">
+      <w:pPr>
+        <w:spacing w:before="15" w:line="240" w:lineRule="exact"/>
+        <w:ind w:right="261"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="2672" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Primary One Applications and Admissions Table"/>
         <w:tblDescription w:val="A table with applications and admissions numbers for previous 3 years for Primary One yeargroup"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1575"/>
+        <w:gridCol w:w="1858"/>
         <w:gridCol w:w="2268"/>
-        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D15DCC" w:rsidRPr="00B55112" w14:paraId="56DDC154" w14:textId="77777777" w:rsidTr="0041016D">
+      <w:tr w:rsidR="000D6D12" w:rsidRPr="00B55112" w14:paraId="56DDC158" w14:textId="77777777" w:rsidTr="000D6D12">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6111" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56DDC153" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00E10083">
-[...153 lines deleted...]
-          <w:p w14:paraId="56DDC155" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00E9538A">
+          <w:p w14:paraId="56DDC155" w14:textId="77777777" w:rsidR="000D6D12" w:rsidRPr="00B55112" w:rsidRDefault="000D6D12" w:rsidP="00E9538A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:ind w:right="261"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B55112">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
             <w:r w:rsidRPr="00B55112">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ear</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56DDC156" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00E10083">
+          <w:p w14:paraId="56DDC156" w14:textId="1A7BFA99" w:rsidR="000D6D12" w:rsidRPr="00B55112" w:rsidRDefault="000D6D12" w:rsidP="00E10083">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:ind w:left="219" w:right="261"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B55112">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>To</w:t>
             </w:r>
             <w:r w:rsidRPr="00B55112">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>t</w:t>
@@ -10345,59 +10182,59 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>pplicatio</w:t>
             </w:r>
             <w:r w:rsidRPr="00B55112">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00B55112">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56DDC157" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="0016206E" w:rsidP="00E10083">
+          <w:p w14:paraId="56DDC157" w14:textId="77777777" w:rsidR="000D6D12" w:rsidRPr="00B55112" w:rsidRDefault="000D6D12" w:rsidP="00E10083">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:ind w:left="219" w:right="261"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B55112">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>To</w:t>
             </w:r>
             <w:r w:rsidRPr="00B55112">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>t</w:t>
@@ -10408,412 +10245,548 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">al </w:t>
             </w:r>
             <w:r w:rsidRPr="00B55112">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="00B55112">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>dmissions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA6A87" w14:paraId="0F100A16" w14:textId="77777777" w:rsidTr="00B32B62">
+      <w:tr w:rsidR="000D6D12" w14:paraId="7EA93685" w14:textId="77777777" w:rsidTr="000D6D12">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcW w:w="1858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6756FB78" w14:textId="77777777" w:rsidR="00AA6A87" w:rsidRPr="00B32B62" w:rsidRDefault="00AA6A87" w:rsidP="00AA6A87">
-[...104 lines deleted...]
-          <w:p w14:paraId="19708D71" w14:textId="2CA7B8E1" w:rsidR="00B23FD1" w:rsidRPr="00B32B62" w:rsidRDefault="00B23FD1" w:rsidP="00AA6A87">
+          <w:p w14:paraId="19708D71" w14:textId="2CA7B8E1" w:rsidR="000D6D12" w:rsidRPr="00B32B62" w:rsidRDefault="000D6D12" w:rsidP="00AA6A87">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:ind w:left="241" w:right="261"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2023/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0DEEF72E" w14:textId="2D1C38B3" w:rsidR="00B23FD1" w:rsidRPr="00B32B62" w:rsidRDefault="008A0270" w:rsidP="00AA6A87">
+          <w:p w14:paraId="0DEEF72E" w14:textId="1B9EA34D" w:rsidR="000D6D12" w:rsidRPr="00B32B62" w:rsidRDefault="000D6D12" w:rsidP="00AA6A87">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:ind w:left="928" w:right="261"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="238D4BFF" w14:textId="64EA46F5" w:rsidR="00B23FD1" w:rsidRPr="00B32B62" w:rsidRDefault="008A0270" w:rsidP="00AA6A87">
+          <w:p w14:paraId="238D4BFF" w14:textId="64EA46F5" w:rsidR="000D6D12" w:rsidRPr="00B32B62" w:rsidRDefault="000D6D12" w:rsidP="00AA6A87">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:ind w:left="928" w:right="261"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A37EF" w14:paraId="0AE01B3E" w14:textId="77777777" w:rsidTr="00514D79">
+      <w:tr w:rsidR="000D6D12" w14:paraId="0AE01B3E" w14:textId="77777777" w:rsidTr="000D6D12">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcW w:w="1858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5EEAB291" w14:textId="1403A36B" w:rsidR="005A37EF" w:rsidRDefault="005A37EF" w:rsidP="00AA6A87">
+          <w:p w14:paraId="5EEAB291" w14:textId="1403A36B" w:rsidR="000D6D12" w:rsidRDefault="000D6D12" w:rsidP="00AA6A87">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:ind w:left="241" w:right="261"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2024/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="6CD156CA" w14:textId="0CEFD4C0" w:rsidR="005A37EF" w:rsidRDefault="00770904" w:rsidP="00AA6A87">
+          <w:p w14:paraId="6CD156CA" w14:textId="7ADBA389" w:rsidR="000D6D12" w:rsidRDefault="000D6D12" w:rsidP="00AA6A87">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:ind w:left="928" w:right="261"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="35FB75B9" w14:textId="2504D064" w:rsidR="005A37EF" w:rsidRDefault="00770904" w:rsidP="00AA6A87">
+          <w:p w14:paraId="35FB75B9" w14:textId="2504D064" w:rsidR="000D6D12" w:rsidRDefault="000D6D12" w:rsidP="00AA6A87">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:ind w:left="928" w:right="261"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="000D6D12" w14:paraId="1FDEC592" w14:textId="77777777" w:rsidTr="003136AD">
+        <w:trPr>
+          <w:trHeight w:val="118"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D860655" w14:textId="510F5C95" w:rsidR="000D6D12" w:rsidRPr="003136AD" w:rsidRDefault="000D6D12" w:rsidP="00AA6A87">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="241" w:right="261"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003136AD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>*2025/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79ADD92C" w14:textId="28757F96" w:rsidR="000D6D12" w:rsidRPr="003136AD" w:rsidRDefault="00C64FCC" w:rsidP="00AA6A87">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="928" w:right="261"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003136AD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D715536" w14:textId="74DE9DED" w:rsidR="000D6D12" w:rsidRDefault="00C64FCC" w:rsidP="00AA6A87">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="928" w:right="261"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003136AD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56DDC165" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
+    <w:p w14:paraId="56DDC165" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
+      <w:pPr>
+        <w:spacing w:before="7" w:line="170" w:lineRule="exact"/>
+        <w:ind w:right="261"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EEA9EB7" w14:textId="77777777" w:rsidR="00131913" w:rsidRDefault="00131913" w:rsidP="00E9538A">
+      <w:pPr>
+        <w:spacing w:before="7" w:line="170" w:lineRule="exact"/>
+        <w:ind w:right="261"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C2DA743" w14:textId="77777777" w:rsidR="000D6D12" w:rsidRPr="003136AD" w:rsidRDefault="000D6D12" w:rsidP="000D6D12">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk210119481"/>
+      <w:r w:rsidRPr="003136AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*The Total Admissions for year 2025/2026 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003136AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>includes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003136AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all P1 children admitted to the school including those who have a statement of special educational needs and/or may be attending </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003136AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>SPiMS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003136AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E769B3D" w14:textId="77777777" w:rsidR="000D6D12" w:rsidRPr="000D6D12" w:rsidRDefault="000D6D12" w:rsidP="000D6D12">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003136AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003136AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>SPiMS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003136AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = Specialist Provision in Mainstream School</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A337E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="624B13D7" w14:textId="77777777" w:rsidR="00131913" w:rsidRPr="00B55112" w:rsidRDefault="00131913" w:rsidP="00E9538A">
       <w:pPr>
         <w:spacing w:before="7" w:line="170" w:lineRule="exact"/>
         <w:ind w:right="261"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56DDC166" w14:textId="77777777" w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidRDefault="00D15DCC" w:rsidP="00E9538A">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:ind w:right="261"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D15DCC" w:rsidRPr="00B55112" w:rsidSect="00EB4B12">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="160" w:right="700" w:bottom="0" w:left="740" w:header="397" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="56DDC16D" w14:textId="77777777" w:rsidR="000F57A9" w:rsidRDefault="000F57A9" w:rsidP="00B55112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="56DDC16E" w14:textId="77777777" w:rsidR="000F57A9" w:rsidRDefault="000F57A9" w:rsidP="00B55112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -10837,52 +10810,52 @@
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="56DDC16F" w14:textId="75D4DAAF" w:rsidR="00B55112" w:rsidRPr="00511E96" w:rsidRDefault="00B55112" w:rsidP="00B55112">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="56DDC16F" w14:textId="3404B565" w:rsidR="00B55112" w:rsidRPr="00511E96" w:rsidRDefault="00B55112" w:rsidP="00B55112">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7241"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00511E96">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:color w:val="2D74B5"/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>U</w:t>
     </w:r>
     <w:r w:rsidRPr="00511E96">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:color w:val="2D74B5"/>
@@ -10964,58 +10937,58 @@
         <w:color w:val="2D74B5"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00511E96">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:color w:val="2D74B5"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="00676998" w:rsidRPr="00511E96">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:color w:val="2D74B5"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="0017674C">
+    <w:r w:rsidR="005B4532">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:color w:val="2D74B5"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00511E96">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:color w:val="2D74B5"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidRPr="00511E96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="2D74B5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="00511E96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="2D74B5"/>
           <w:spacing w:val="-1"/>
@@ -11065,114 +11038,114 @@
       <w:r w:rsidRPr="00511E96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="2D74B5"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00511E96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="2D74B5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ions</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="56DDC16B" w14:textId="77777777" w:rsidR="000F57A9" w:rsidRDefault="000F57A9" w:rsidP="00B55112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="56DDC16C" w14:textId="77777777" w:rsidR="000F57A9" w:rsidRDefault="000F57A9" w:rsidP="00B55112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="324FCF81" w14:textId="547243C7" w:rsidR="000F3250" w:rsidRPr="00B33B76" w:rsidRDefault="000F3250">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="324FCF81" w14:textId="722FF07A" w:rsidR="000F3250" w:rsidRPr="00B33B76" w:rsidRDefault="000F3250">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B33B76">
       <w:rPr>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Admissions c</w:t>
     </w:r>
     <w:r w:rsidR="00676998" w:rsidRPr="00B33B76">
       <w:rPr>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>riteria for entry September 202</w:t>
     </w:r>
-    <w:r w:rsidR="0017674C">
+    <w:r w:rsidR="005B4532">
       <w:rPr>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="38ACCFEE" w14:textId="77777777" w:rsidR="000F3250" w:rsidRDefault="000F3250">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E853F7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="718208EA"/>
     <w:lvl w:ilvl="0" w:tplc="491286B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:hanging="577"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CE3C6AC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -11437,186 +11410,209 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2029019933">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1380588078">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="946035397">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="web"/>
-  <w:zoom w:percent="150"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="110593"/>
+    <o:shapedefaults v:ext="edit" spidmax="129025"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D15DCC"/>
     <w:rsid w:val="00003ADF"/>
+    <w:rsid w:val="00024F49"/>
     <w:rsid w:val="00044548"/>
+    <w:rsid w:val="0004506C"/>
     <w:rsid w:val="0004693C"/>
     <w:rsid w:val="00050EAB"/>
     <w:rsid w:val="000B7239"/>
+    <w:rsid w:val="000D6D12"/>
+    <w:rsid w:val="000F0C9B"/>
     <w:rsid w:val="000F3250"/>
     <w:rsid w:val="000F57A9"/>
     <w:rsid w:val="001133F2"/>
+    <w:rsid w:val="001149DF"/>
+    <w:rsid w:val="00131913"/>
     <w:rsid w:val="0016206E"/>
     <w:rsid w:val="0017674C"/>
     <w:rsid w:val="001C6267"/>
     <w:rsid w:val="001D6CF1"/>
     <w:rsid w:val="00204AFA"/>
     <w:rsid w:val="0023334B"/>
+    <w:rsid w:val="0024127B"/>
     <w:rsid w:val="00311258"/>
+    <w:rsid w:val="003136AD"/>
     <w:rsid w:val="00377392"/>
     <w:rsid w:val="0038389D"/>
     <w:rsid w:val="003F5CEE"/>
     <w:rsid w:val="0041016D"/>
+    <w:rsid w:val="00494174"/>
     <w:rsid w:val="0049798E"/>
+    <w:rsid w:val="004A337E"/>
     <w:rsid w:val="00511E96"/>
     <w:rsid w:val="0051286B"/>
     <w:rsid w:val="00514D79"/>
+    <w:rsid w:val="00523E2A"/>
     <w:rsid w:val="005324C8"/>
+    <w:rsid w:val="00533651"/>
     <w:rsid w:val="005A37EF"/>
+    <w:rsid w:val="005B4532"/>
     <w:rsid w:val="005E5051"/>
     <w:rsid w:val="00676998"/>
     <w:rsid w:val="00692C61"/>
     <w:rsid w:val="006C299C"/>
     <w:rsid w:val="006D674E"/>
     <w:rsid w:val="00715254"/>
     <w:rsid w:val="00731873"/>
     <w:rsid w:val="0077014B"/>
     <w:rsid w:val="00770904"/>
     <w:rsid w:val="007820FE"/>
     <w:rsid w:val="007A7AFF"/>
     <w:rsid w:val="0081306E"/>
     <w:rsid w:val="00840EB7"/>
     <w:rsid w:val="008431B4"/>
     <w:rsid w:val="008870A8"/>
     <w:rsid w:val="008A0270"/>
     <w:rsid w:val="008A4F9F"/>
     <w:rsid w:val="0092160F"/>
     <w:rsid w:val="0092640B"/>
+    <w:rsid w:val="00A16DC8"/>
     <w:rsid w:val="00A20AA6"/>
     <w:rsid w:val="00A32BAB"/>
     <w:rsid w:val="00A842DA"/>
     <w:rsid w:val="00A94BEB"/>
     <w:rsid w:val="00AA6A87"/>
     <w:rsid w:val="00AD0137"/>
+    <w:rsid w:val="00AE5415"/>
     <w:rsid w:val="00B23FD1"/>
     <w:rsid w:val="00B32B62"/>
     <w:rsid w:val="00B33B76"/>
     <w:rsid w:val="00B362AD"/>
     <w:rsid w:val="00B55112"/>
     <w:rsid w:val="00B715F0"/>
     <w:rsid w:val="00B86381"/>
     <w:rsid w:val="00B9433B"/>
     <w:rsid w:val="00BB3724"/>
+    <w:rsid w:val="00BF1E4C"/>
+    <w:rsid w:val="00C13D6A"/>
     <w:rsid w:val="00C225B2"/>
     <w:rsid w:val="00C432A4"/>
     <w:rsid w:val="00C56144"/>
+    <w:rsid w:val="00C64FCC"/>
     <w:rsid w:val="00D15DCC"/>
     <w:rsid w:val="00D245B8"/>
     <w:rsid w:val="00D3208E"/>
     <w:rsid w:val="00D624E5"/>
+    <w:rsid w:val="00D7261C"/>
     <w:rsid w:val="00DB07AA"/>
     <w:rsid w:val="00E10083"/>
     <w:rsid w:val="00E13BF6"/>
     <w:rsid w:val="00E35F78"/>
     <w:rsid w:val="00E52437"/>
     <w:rsid w:val="00E9538A"/>
     <w:rsid w:val="00EA6D1E"/>
+    <w:rsid w:val="00EB0B8F"/>
     <w:rsid w:val="00EB4B12"/>
+    <w:rsid w:val="00F14E5D"/>
     <w:rsid w:val="00F206BC"/>
+    <w:rsid w:val="00FC68DD"/>
+    <w:rsid w:val="00FF2045"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="110593"/>
+    <o:shapedefaults v:ext="edit" spidmax="129025"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="56DDC112"/>
   <w15:docId w15:val="{55617541-4B46-4B4E-A882-FC2538E2C6B7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12170,55 +12166,66 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00E10083"/>
     <w:pPr>
       <w:widowControl/>
       <w:ind w:left="2160" w:right="-511" w:hanging="2790"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00131913"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="78672179">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="257101969">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12536,53 +12543,56 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D1E757F357A93A46BD117453EE21DF84" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="28ee15c388dd8d2b237ab5391a6b907e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c64490b4aec6201516c3a874156f37b2">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
@@ -12656,127 +12666,124 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA3B3279-E11A-41D7-B726-4A3E45241C27}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F1B1C61-521C-47FB-9C14-20C199B01C03}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51D189DD-1F98-4257-A222-53C9230AFE17}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F1B1C61-521C-47FB-9C14-20C199B01C03}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA3B3279-E11A-41D7-B726-4A3E45241C27}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>861</Words>
-  <Characters>4909</Characters>
+  <Words>898</Words>
+  <Characters>5125</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ESA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5759</CharactersWithSpaces>
+  <CharactersWithSpaces>6011</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Linda Millar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>English</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2016-11-03T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">